--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1124,54 +1124,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>0.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1185,54 +1185,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>0.98</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>19</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1368,54 +1368,54 @@
       <c r="I8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>9.68</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.68</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1486,54 +1486,54 @@
       <c r="I10" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P10" s="4">
         <v>21.79</v>
       </c>
       <c r="Q10" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>25.76</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>15</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1547,54 +1547,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P11" s="4">
         <v>22</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.36</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>51.63</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>51</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1836,54 +1836,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P16" s="4">
         <v>498.28</v>
       </c>
       <c r="Q16" s="4">
-        <v>273.2</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>54.83</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>50</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2080,54 +2080,54 @@
       <c r="I20" s="13" t="s">
         <v>126</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P20" s="4">
         <v>19789.29</v>
       </c>
       <c r="Q20" s="4">
-        <v>78.74</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>20</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2358,54 +2358,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>152</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>20806.12</v>
       </c>
       <c r="P25" s="8">
-        <v>380.56</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>1.83</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>