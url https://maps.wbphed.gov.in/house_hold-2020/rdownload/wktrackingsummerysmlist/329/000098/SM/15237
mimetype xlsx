--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -222,50 +222,56 @@
     <t>Laying of DI line along both the flanks of Roads in Cooch Behar District(PHALIMARI,SHALBARI,Mansai,SIKARPUR,SAJHERPARGHORAMARA,Nandina,Garbhadanga,BHORAM,FALIMARI,DAKSHINBOKNABANDHA,BHOGRAMGURI,BHERBHERIMANABARI,KHATERBARI,NENDARPAR,NAKARJAN,CHHOTO BOALMARI,PESTARJHAR,CHENGERKUTHIKHALISAMARI,Guriahati,SHUKARURKUTHI,PATCHHARA,DALUA DASGIR,PANIGRAM,CHEKIACHARA, Panisala,BARAIBARI,GHUGHUMARI,JORE SIMULI,BajejamaChilakhanaZI,HEMKUMARIZI,KHARIJAKHAWARDARA,BASRAJAPRATHAMKHANDA,KONACHATRA ZII,AMBARI,SHILGHAGRI,MAHISHKUCHIZII,DHALDIBARI,PHULBARI PB,NAJIRGANJ,MARANADIRKUTHI,NAKKATIGACHHI,BAJRAPUR,GOPALPUR,MAHISHKUCHI ZI,HEMKUMARIZ1PB,KONACHATRAZI,DANGA,DaribashPrathamKhanda,BHALKA, DUAISUAI,BRAHMOTTARCHATRA,Tutiarkuthi, HARINCHAOWRA,CHAKCHAKAZI,Natabari,NAJIRANDEUTIKATA,BARAPHALIMARI,ALOKJHARI,GAJENDRAPUR CHOWRANGEE,NAKKATI,CHIKLIGURI,ANGARKATAPARADUBI,UNISH BASA,KHARIANALDHONDRA,BARARANGRAS,KALARAYERKUTHI, KISMATMOKARARI,JORPATKI,ASAKBARIPRATHAMKHANDA,ABUARPATHAR,DAKSHIN KHARIJAGITALDAHA,INDRANARAYAN,Atpukhari,DHANDHANIA,JNANDAS,JHURIPARA,NUTANBAS,KHARIJADURGANAGARDWITIYAKHANDA,UTTARSINGIMARI,BHUTKURA,BARA ADABARI,CHANDANCHOWRA,PUTIMARIBAKSIBAS,JHINGAPUNI,SAJHERPAR KHATALBARI,KHARIJABALADANGA,DHANGDHINGGURI,SITALKUCHI ZIV, bajejamachilakhanazII,Sitalkuchi ZII,PETLAEPRA,UCHALPUKHARIZI,Chilkirhat,DakshinBasrajbalaZI, SantoshpurZI,BaraSaulmari,SitalkuchiZV,SITALKUCHIZIII,RUIERKHUTHI,BajejamaChilakhana ZIII,SARAHATI,BALASI,MOAMARI,MAINAGURIDIGHALHATI,NIGAMNAGAR,GABUA,DAKSHINALOKJHARI,MARADANGA,PASCHIM MOAMARI,BAISGURIKHANDA,BHULKI,BIJLICHATKA,KHATTIMARIZI,KUCHLIBARIZII,UPENCHAUKIKUCHLIBARI,PutiaBaraMasiaZI,UCHALPUKURIZII,PutiaBaraMasiaZII,BARAKODALIZII,KSHETI,CHHOTAKESHARIBARI,PAKHIHAGA,Kuchlibari ZI,MAHISHCHARU,HEMKUMARI ZII,HEMKUMARI ZIII,DakshinBasrajbalaZII,Takoamari,Sathbhandari,Payamari,MADHYAHUDUMDANGA,SINGIMARIPASCHIMPAR,HARIBHANGA,Bhogmara,LAUCHAPRA,BHANGAMORE,BAROPINJARERJHAR,GHOKSADANGA,DAKSHINBAJEJAMAKHASBAS,JARABARIPRATHAMKHANDA,ANANDARANSINGIMARI underCOB DIV PHED</t>
   </si>
   <si>
     <t>CONTRACTUAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000339/2024-2025</t>
   </si>
   <si>
     <t>1264/CD</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER, TUFANGANJ SUB-DIVISION</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000083/2025-2026</t>
   </si>
   <si>
     <t>725/CD</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>MS HOSSEN ELECTRICALS</t>
   </si>
   <si>
     <t>ORD/000291/2025-2026</t>
   </si>
   <si>
     <t>800/CD</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
@@ -1085,54 +1091,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="4">
         <v>361.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>283.56</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>78.36</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1148,54 +1154,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>20.11</v>
       </c>
       <c r="Q8" s="4">
-        <v>19.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1249,168 +1255,172 @@
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="I10" s="13"/>
-      <c r="J10" s="13"/>
+      <c r="I10" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>71</v>
+      </c>
       <c r="K10" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="P10" s="4">
         <v>31.08</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>34.83</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>20280.54</v>
       </c>
       <c r="P12" s="8">
-        <v>303.52</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>