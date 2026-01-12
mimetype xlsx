--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -164,51 +164,51 @@
   <si>
     <t>BP-280/24-25</t>
   </si>
   <si>
     <t>20/08/2024</t>
   </si>
   <si>
     <t>Execution of different works related to HOKADAHA PRATHAM KHANDA PWSS under JAL JEEVAN MISSION SE,NBC-1,PHED A.O. No.: 1111/1-5/NBC-1; Dt.: 13-02-23</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER, COOCHBEHAR SADAR SUB-DIVISION,ASSISTANT ENGINEER, HEAD QUARTER,COOCHBEHAR DIVISION,ASSISTANT ENGINEER, TUFANGANJ SUB-DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION,JUNIOR ENGINEER, HEAD QUARTER, COOCH BEHAR DIVISION</t>
   </si>
   <si>
     <t>ORD/000569/2022-2023</t>
   </si>
   <si>
     <t>1687/CD</t>
   </si>
   <si>
     <t>13/02/2023</t>
   </si>
   <si>
-    <t>13/07/2023</t>
+    <t>28/05/2026</t>
   </si>
   <si>
     <t>D S CONSTRUCTION</t>
   </si>
   <si>
     <t>Supply, delivery, installation, commissioning and trial run of electro-mechanical components along with Cu wound line voltage corrector for HOKADAHA PRATHAM KHANDA water supply scheme, TW no I and II under JJM under NMD-II, PHE Dte. APD.</t>
   </si>
   <si>
     <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer 3, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/000860/2023-2024</t>
   </si>
   <si>
     <t>2443/NMD-II</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>