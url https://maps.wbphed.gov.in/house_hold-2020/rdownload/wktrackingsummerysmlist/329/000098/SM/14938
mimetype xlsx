--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1080,54 +1080,54 @@
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>303.36</v>
       </c>
       <c r="Q7" s="4">
-        <v>210.02</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>69.23</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1206,54 +1206,54 @@
       <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P9" s="4">
         <v>83.97</v>
       </c>
       <c r="Q9" s="4">
-        <v>17.76</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>21.15</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1366,54 +1366,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>696.77</v>
       </c>
       <c r="P12" s="8">
-        <v>227.78</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>32.69</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>