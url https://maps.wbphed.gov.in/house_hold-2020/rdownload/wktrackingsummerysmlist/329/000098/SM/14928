--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -90,50 +90,56 @@
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>COOCHBEHAR</t>
   </si>
   <si>
     <t>Coochbehar Division</t>
   </si>
   <si>
     <t>AUGMENTATION OF GROUND WATER BASED BARA PHALIMARI PWSS DINHATA -I BLOCK WITHIN COOCHBEHAR DISTRICT UNDER COOCHBEHAR DIVISION, PHE DTE</t>
   </si>
   <si>
     <t>SM/14928</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO INDRA NARAYAN AND BARA PHALIMARI PWSS UNDER JAL JEEVAN MISSION.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER, COOCHBEHAR SADAR SUB-DIVISION</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000524/2024-2025</t>
   </si>
   <si>
     <t>23/12/2024</t>
   </si>
   <si>
     <t>21/02/2025</t>
   </si>
   <si>
     <t>KAJAL KUMAR DE</t>
   </si>
   <si>
     <t>Northern Mechanical Division II</t>
   </si>
   <si>
     <t>Charges for new service connection at Aug of Bara phalimari PWSS, P/H-III in the dist of Coochbehar.</t>
   </si>
   <si>
     <t>BILL/01886/2024-2025</t>
   </si>
   <si>
     <t>BP-437/24-25</t>
   </si>
@@ -750,345 +756,349 @@
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="13"/>
-      <c r="J3" s="13"/>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K3" s="4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>2019</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>61.67</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>5.65</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>144.77</v>
       </c>
       <c r="Q5" s="4">
-        <v>90.16</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>62.27</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>55</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>19789.29</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="P7" s="4">
         <v>20.43</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>20021.82</v>
       </c>
       <c r="P8" s="8">
-        <v>90.16</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>