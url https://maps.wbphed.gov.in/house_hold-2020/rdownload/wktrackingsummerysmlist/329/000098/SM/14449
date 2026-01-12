--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -293,69 +293,72 @@
   <si>
     <t>ORD/000018/2025-2026</t>
   </si>
   <si>
     <t>703/CD</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>UMEX POLYMERS PVT LTD</t>
   </si>
   <si>
     <t>ORD/000075/2025-2026</t>
   </si>
   <si>
     <t>752/CD</t>
   </si>
   <si>
     <t>SHREE RANI SATI ENTERPRISE</t>
   </si>
   <si>
-    <t>Making of board depicting the technical data &amp; others at Baishguri khanda &amp; other adjacent PWSS within the Dinhata-I &amp; II Block in the district of Cooch Behar under Northern Mechanical Division-II P.H.E Dte.</t>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for KHARIJA DURGANAGAR Dwitiya khanda water supply scheme, TW no I and II under Jal Jeevan Mission under NMD-II, PHE Dte.APD</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer 3, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
-    <t>ORD/000870/2025-2026</t>
-[...11 lines deleted...]
-    <t>DIAMOND ELECTRICAL WORKS</t>
+    <t>ORD/000499/2023-2024</t>
+  </si>
+  <si>
+    <t>1762/NMD-II</t>
+  </si>
+  <si>
+    <t>18/07/2023</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>DILIP MAHATO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1616,105 +1619,107 @@
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I15" s="13"/>
+      <c r="I15" s="13" t="s">
+        <v>94</v>
+      </c>
       <c r="J15" s="13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P15" s="4">
-        <v>0.93</v>
+        <v>18.56</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
-        <v>20365.5</v>
+        <v>20383.14</v>
       </c>
       <c r="P16" s="8">
         <v>383.54</v>
       </c>
       <c r="Q16" s="8">
         <v>1.88</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>