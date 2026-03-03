--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -912,54 +912,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>0.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -975,54 +975,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P4" s="4">
         <v>0.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1038,54 +1038,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P5" s="4">
         <v>0.98</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1219,54 +1219,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>80.89</v>
       </c>
       <c r="Q8" s="4">
-        <v>72.76</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>89.95</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>89</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1400,54 +1400,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P11" s="4">
         <v>367.23</v>
       </c>
       <c r="Q11" s="4">
-        <v>307.82</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>83.82</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1678,54 +1678,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>20383.14</v>
       </c>
       <c r="P16" s="8">
-        <v>383.54</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>1.88</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>