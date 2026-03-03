--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1170,54 +1170,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>81.56</v>
       </c>
       <c r="Q3" s="4">
-        <v>72.1</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>88.4</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1292,54 +1292,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>96.66</v>
       </c>
       <c r="Q5" s="4">
-        <v>82.2</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>85.04</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1355,54 +1355,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>82.37</v>
       </c>
       <c r="Q6" s="4">
-        <v>16.95</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>20.58</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>75</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1418,54 +1418,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>97.66</v>
       </c>
       <c r="Q7" s="4">
-        <v>79.92</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.83</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>82</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1481,54 +1481,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>41.56</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>14.83</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1662,54 +1662,54 @@
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>0.98</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1788,54 +1788,54 @@
       <c r="I13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P13" s="4">
         <v>0.97</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1851,54 +1851,54 @@
       <c r="I14" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>0.97</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1914,54 +1914,54 @@
       <c r="I15" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="4">
         <v>0.97</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1977,54 +1977,54 @@
       <c r="I16" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P16" s="4">
         <v>0.97</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2394,54 +2394,54 @@
       <c r="I23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P23" s="4">
         <v>64.52</v>
       </c>
       <c r="Q23" s="4">
-        <v>57.36</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>88.91</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2457,54 +2457,54 @@
       <c r="I24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P24" s="4">
         <v>82.23</v>
       </c>
       <c r="Q24" s="4">
-        <v>49.24</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>59.88</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>15</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2520,54 +2520,54 @@
       <c r="I25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P25" s="4">
         <v>94.06</v>
       </c>
       <c r="Q25" s="4">
-        <v>60.62</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>64.44</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>70</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
@@ -2583,54 +2583,54 @@
       <c r="I26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>145</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P26" s="4">
         <v>312.26</v>
       </c>
       <c r="Q26" s="4">
-        <v>203.2</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>65.07</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>33</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
@@ -2646,54 +2646,54 @@
       <c r="I27" s="13" t="s">
         <v>152</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>153</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="4">
         <v>52.31</v>
       </c>
       <c r="Q27" s="4">
-        <v>43.38</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>82.94</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>70</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
@@ -2709,54 +2709,54 @@
       <c r="I28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>159</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P28" s="4">
         <v>75.24</v>
       </c>
       <c r="Q28" s="4">
-        <v>29.02</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>38.57</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>30</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
@@ -2835,54 +2835,54 @@
       <c r="I30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>159</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P30" s="4">
         <v>84.8</v>
       </c>
       <c r="Q30" s="4">
-        <v>20.71</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>24.42</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>30</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>23</v>
       </c>
@@ -3050,54 +3050,54 @@
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>187</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>21364.02</v>
       </c>
       <c r="P34" s="8">
-        <v>725.73</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>3.4</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>