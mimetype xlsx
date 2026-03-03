--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -137,50 +137,56 @@
   <si>
     <t>BP-2023-24-358</t>
   </si>
   <si>
     <t>Coochbehar Division</t>
   </si>
   <si>
     <t>Providing FHTC &amp; other allied works in the command area of KISMAT DASGRAM PWSS under Cooch Behar Division, PHED</t>
   </si>
   <si>
     <t>ORD/000193/2024-2025</t>
   </si>
   <si>
     <t>18/06/2024</t>
   </si>
   <si>
     <t>16/09/2024</t>
   </si>
   <si>
     <t>A.O BSNL</t>
   </si>
   <si>
     <t>Execution of different works related to ABUAR PATHAR PWSS under JAL JEEVAN MISSION P B</t>
   </si>
   <si>
+    <t>ASSISTANT ENGINEER, MATHABHANGA SUB-DIVISION</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
+  </si>
+  <si>
     <t>ORD/000037/2024-2025</t>
   </si>
   <si>
     <t>1713/CD</t>
   </si>
   <si>
     <t>25/09/2024</t>
   </si>
   <si>
     <t>24/11/2024</t>
   </si>
   <si>
     <t>DAFFODIL</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for Abuar Pathar water supply scheme, TW no I and II under Jal Jeevan Mission under NMD-II, PHE Dte.APD</t>
   </si>
   <si>
     <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer 4, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/001008/2023-2024</t>
@@ -212,78 +218,72 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
   </si>
   <si>
     <t>ORD/000088/2025-2026</t>
   </si>
   <si>
     <t>z24</t>
   </si>
   <si>
     <t>05/07/2025</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
     <t>NORTH BENGAL CONSTRUCTION CO</t>
   </si>
   <si>
     <t>Execution of different works related to ABUAR PATHAR PWSS under JAL JEEVAN MISSION SE,NBC-1,PHED A.O. No.: 1335/1-5/NBC-1; Dt.: 24-03-23</t>
   </si>
   <si>
-    <t>ASSISTANT ENGINEER, MATHABHANGA SUB-DIVISION</t>
-[...1 lines deleted...]
-  <si>
     <t>JUNIOR ENGINEER, MATHABHANGA SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000593/2022-2023</t>
   </si>
   <si>
     <t>1963/CD</t>
   </si>
   <si>
     <t>24/03/2023</t>
   </si>
   <si>
     <t>21/08/2023</t>
   </si>
   <si>
     <t>S &amp; P ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of DI line along both the flanks of Roads in Cooch Behar District(PHALIMARI,SHALBARI,Mansai,SIKARPUR,SAJHERPARGHORAMARA,Nandina,Garbhadanga,BHORAM,FALIMARI,DAKSHINBOKNABANDHA,BHOGRAMGURI,BHERBHERIMANABARI,KHATERBARI,NENDARPAR,NAKARJAN,CHHOTO BOALMARI,PESTARJHAR,CHENGERKUTHIKHALISAMARI,Guriahati,SHUKARURKUTHI,PATCHHARA,DALUA DASGIR,PANIGRAM,CHEKIACHARA, Panisala,BARAIBARI,GHUGHUMARI,JORE SIMULI,BajejamaChilakhanaZI,HEMKUMARIZI,KHARIJAKHAWARDARA,BASRAJAPRATHAMKHANDA,KONACHATRA ZII,AMBARI,SHILGHAGRI,MAHISHKUCHIZII,DHALDIBARI,PHULBARI PB,NAJIRGANJ,MARANADIRKUTHI,NAKKATIGACHHI,BAJRAPUR,GOPALPUR,MAHISHKUCHI ZI,HEMKUMARIZ1PB,KONACHATRAZI,DANGA,DaribashPrathamKhanda,BHALKA, DUAISUAI,BRAHMOTTARCHATRA,Tutiarkuthi, HARINCHAOWRA,CHAKCHAKAZI,Natabari,NAJIRANDEUTIKATA,BARAPHALIMARI,ALOKJHARI,GAJENDRAPUR CHOWRANGEE,NAKKATI,CHIKLIGURI,ANGARKATAPARADUBI,UNISH BASA,KHARIANALDHONDRA,BARARANGRAS,KALARAYERKUTHI, KISMATMOKARARI,JORPATKI,ASAKBARIPRATHAMKHANDA,ABUARPATHAR,DAKSHIN KHARIJAGITALDAHA,INDRANARAYAN,Atpukhari,DHANDHANIA,JNANDAS,JHURIPARA,NUTANBAS,KHARIJADURGANAGARDWITIYAKHANDA,UTTARSINGIMARI,BHUTKURA,BARA ADABARI,CHANDANCHOWRA,PUTIMARIBAKSIBAS,JHINGAPUNI,SAJHERPAR KHATALBARI,KHARIJABALADANGA,DHANGDHINGGURI,SITALKUCHI ZIV, bajejamachilakhanazII,Sitalkuchi ZII,PETLAEPRA,UCHALPUKHARIZI,Chilkirhat,DakshinBasrajbalaZI, SantoshpurZI,BaraSaulmari,SitalkuchiZV,SITALKUCHIZIII,RUIERKHUTHI,BajejamaChilakhana ZIII,SARAHATI,BALASI,MOAMARI,MAINAGURIDIGHALHATI,NIGAMNAGAR,GABUA,DAKSHINALOKJHARI,MARADANGA,PASCHIM MOAMARI,BAISGURIKHANDA,BHULKI,BIJLICHATKA,KHATTIMARIZI,KUCHLIBARIZII,UPENCHAUKIKUCHLIBARI,PutiaBaraMasiaZI,UCHALPUKURIZII,PutiaBaraMasiaZII,BARAKODALIZII,KSHETI,CHHOTAKESHARIBARI,PAKHIHAGA,Kuchlibari ZI,MAHISHCHARU,HEMKUMARI ZII,HEMKUMARI ZIII,DakshinBasrajbalaZII,Takoamari,Sathbhandari,Payamari,MADHYAHUDUMDANGA,SINGIMARIPASCHIMPAR,HARIBHANGA,Bhogmara,LAUCHAPRA,BHANGAMORE,BAROPINJARERJHAR,GHOKSADANGA,DAKSHINBAJEJAMAKHASBAS,JARABARIPRATHAMKHANDA,ANANDARANSINGIMARI underCOB DIV PHED</t>
   </si>
   <si>
     <t>CONTRACTUAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION</t>
-  </si>
-[...1 lines deleted...]
-    <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000339/2024-2025</t>
   </si>
   <si>
     <t>1264/CD</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO ABUAR PATHAR PWSS UNDER JAL JEEVAN MISSION.</t>
   </si>
   <si>
     <t>ORD/000630/2024-2025</t>
   </si>
   <si>
     <t>2279/CD</t>
   </si>
@@ -1052,358 +1052,362 @@
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="I6" s="13"/>
-      <c r="J6" s="13"/>
+      <c r="I6" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>42</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>62.53</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>21.02</v>
       </c>
       <c r="Q7" s="4">
-        <v>20.82</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.05</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>14.96</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>37.91</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>540.9</v>
       </c>
       <c r="Q10" s="4">
-        <v>393.87</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>72.82</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>35</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P11" s="4">
         <v>19789.29</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
@@ -1475,51 +1479,51 @@
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P13" s="4">
         <v>62.77</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
@@ -1534,51 +1538,51 @@
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P14" s="4">
         <v>32.79</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
@@ -1591,54 +1595,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>20640.11</v>
       </c>
       <c r="P15" s="8">
-        <v>414.7</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>2.01</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>