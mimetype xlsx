--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1436,54 +1436,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>99.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>79.4</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>79.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>80</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1497,54 +1497,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>69.02</v>
       </c>
       <c r="Q5" s="4">
-        <v>43.66</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>63.25</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1558,54 +1558,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>64.86</v>
       </c>
       <c r="Q6" s="4">
-        <v>46.92</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>72.33</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>73</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1619,54 +1619,54 @@
       <c r="I7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>4.89</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>70.68</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1741,54 +1741,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>61.34</v>
       </c>
       <c r="Q9" s="4">
-        <v>36.85</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>60.07</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>61</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1802,54 +1802,54 @@
       <c r="I10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P10" s="4">
         <v>0.98</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1863,54 +1863,54 @@
       <c r="I11" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P11" s="4">
         <v>0.98</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1924,54 +1924,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P12" s="4">
         <v>4.91</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.91</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1985,54 +1985,54 @@
       <c r="I13" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P13" s="4">
         <v>15.77</v>
       </c>
       <c r="Q13" s="4">
-        <v>15.76</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2534,54 +2534,54 @@
       <c r="I22" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P22" s="4">
         <v>8.6</v>
       </c>
       <c r="Q22" s="4">
-        <v>3.79</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>44.04</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2880,54 +2880,54 @@
       <c r="I28" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P28" s="4">
         <v>5.23</v>
       </c>
       <c r="Q28" s="4">
-        <v>5.18</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.1</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>40</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3002,54 +3002,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P30" s="4">
         <v>51.9</v>
       </c>
       <c r="Q30" s="4">
-        <v>44.53</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>85.8</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>20</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3063,54 +3063,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P31" s="4">
         <v>94.67</v>
       </c>
       <c r="Q31" s="4">
-        <v>80.35</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>84.87</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>60</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3124,54 +3124,54 @@
       <c r="I32" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P32" s="4">
         <v>81.88</v>
       </c>
       <c r="Q32" s="4">
-        <v>77.64</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>94.81</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>94</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3185,54 +3185,54 @@
       <c r="I33" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P33" s="4">
         <v>62.76</v>
       </c>
       <c r="Q33" s="4">
-        <v>62.17</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>45</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3246,54 +3246,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P34" s="4">
         <v>59.98</v>
       </c>
       <c r="Q34" s="4">
-        <v>44.33</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>73.91</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>36</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3307,54 +3307,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P35" s="4">
         <v>71.14</v>
       </c>
       <c r="Q35" s="4">
-        <v>65.68</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>92.33</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>26</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3368,54 +3368,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P36" s="4">
         <v>23.41</v>
       </c>
       <c r="Q36" s="4">
-        <v>23.23</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.25</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3429,54 +3429,54 @@
       <c r="I37" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>185</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P37" s="4">
         <v>44.63</v>
       </c>
       <c r="Q37" s="4">
-        <v>42.34</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>94.88</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3661,54 +3661,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>150</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>204</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>205</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>206</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>207</v>
       </c>
       <c r="P41" s="4">
         <v>88.77</v>
       </c>
       <c r="Q41" s="4">
-        <v>62.31</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>70.19</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>70</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3722,54 +3722,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>208</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>209</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>210</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>211</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>212</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>213</v>
       </c>
       <c r="P42" s="4">
         <v>498.9</v>
       </c>
       <c r="Q42" s="4">
-        <v>223.25</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>44.75</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>10</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>132</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3783,54 +3783,54 @@
       <c r="I43" s="13" t="s">
         <v>215</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>216</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P43" s="4">
         <v>65.2</v>
       </c>
       <c r="Q43" s="4">
-        <v>30.83</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>47.28</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>90</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3905,54 +3905,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>150</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>230</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>232</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>233</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P45" s="4">
         <v>35.63</v>
       </c>
       <c r="Q45" s="4">
-        <v>16.22</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>45.52</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>20</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4027,54 +4027,54 @@
       <c r="I47" s="13" t="s">
         <v>223</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>242</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>237</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>239</v>
       </c>
       <c r="P47" s="4">
         <v>38.09</v>
       </c>
       <c r="Q47" s="4">
-        <v>17.6</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>46.2</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>50</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4244,54 +4244,54 @@
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="7" t="s">
         <v>256</v>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="11"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="8"/>
       <c r="L51" s="8"/>
       <c r="M51" s="8"/>
       <c r="N51" s="8"/>
       <c r="O51" s="8">
         <v>21689.38</v>
       </c>
       <c r="P51" s="8">
-        <v>1032.36</v>
+        <v>0</v>
       </c>
       <c r="Q51" s="8">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="R51" s="8"/>
       <c r="S51" s="8"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A51:N51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>