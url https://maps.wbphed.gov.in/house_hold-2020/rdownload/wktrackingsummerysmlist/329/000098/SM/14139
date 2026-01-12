--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -434,96 +434,81 @@
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>06/03/2025</t>
   </si>
   <si>
     <t>ANUGRAH CONSTRUCTION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Execution of different works (within JORPATKI area) related to Aug. of BSOLMARI-SINGIJANI PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>ORD/000048/2024-2025</t>
   </si>
   <si>
     <t>1156/CD</t>
   </si>
   <si>
     <t>14/06/2024</t>
   </si>
   <si>
     <t>13/08/2024</t>
   </si>
   <si>
+    <t>Implementation of Affordable IoT-Enabled Water Service Delivery Measurement and Monitoring Sensing System for Rural Deployment in the Proposed Villages Under Different Water Supply Schemes at Diferrent Block of CoochBehar District in West Bengal.</t>
+  </si>
+  <si>
+    <t>ORD/000063/2025-2026</t>
+  </si>
+  <si>
+    <t>1156/NMD-II</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>15/11/2025</t>
+  </si>
+  <si>
+    <t>WEBEL TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>Execution of different works (within JORPATKI area) related to CHAKIARCHHARA RUNIBARI PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>ORD/000665/2024-2025</t>
+  </si>
+  <si>
+    <t>13/07/2025</t>
+  </si>
+  <si>
+    <t>KAJAL KUMAR DE</t>
+  </si>
+  <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
-  </si>
-[...43 lines deleted...]
-    <t>KAJAL KUMAR DE</t>
   </si>
   <si>
     <t>ORD/000059/2025-2026</t>
   </si>
   <si>
     <t>695/CD</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>M/S JAYA SARKAR</t>
   </si>
   <si>
     <t>Yard lighting arrangement at Head Work Site for Different PWSS (BALASI and others) under JJM in the BLOCK: Mathabhanga-I, DISTRICT: Coochbehar under NMD-II,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000139/2025-2026</t>
   </si>
   <si>
     <t>1348/NMD-II</t>
   </si>
@@ -987,51 +972,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W32"/>
+  <dimension ref="A1:W31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2390,573 +2375,510 @@
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I24" s="13" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="4">
-        <v>72.86</v>
+        <v>488.07</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>146</v>
       </c>
       <c r="I25" s="13" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="J25" s="13"/>
+        <v>47</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>110</v>
+      </c>
       <c r="K25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L25" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="N25" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="M25" s="4" t="s">
+      <c r="O25" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="N25" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P25" s="4">
-        <v>488.07</v>
+        <v>69.32</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J26" s="13" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="K26" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="M26" s="4" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="4">
-        <v>69.32</v>
+        <v>12.09</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="I27" s="13" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="J27" s="13" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P27" s="4">
-        <v>12.09</v>
+        <v>34.38</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J28" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P28" s="4">
-        <v>34.38</v>
+        <v>47.89</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="I29" s="13" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="J29" s="13"/>
+        <v>47</v>
+      </c>
+      <c r="J29" s="13" t="s">
+        <v>48</v>
+      </c>
       <c r="K29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P29" s="4">
-        <v>47.89</v>
+        <v>69.03</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="I30" s="13"/>
+      <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M30" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="N30" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="N30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O30" s="4" t="s">
-        <v>177</v>
+        <v>105</v>
       </c>
       <c r="P30" s="4">
-        <v>69.03</v>
+        <v>67.3</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
-      <c r="A31" s="3">
-[...51 lines deleted...]
-      </c>
+      <c r="A31" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="14"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="8"/>
+      <c r="L31" s="8"/>
+      <c r="M31" s="8"/>
+      <c r="N31" s="8"/>
+      <c r="O31" s="8">
+        <v>22339.08</v>
+      </c>
+      <c r="P31" s="8">
+        <v>793.73</v>
+      </c>
+      <c r="Q31" s="8">
+        <v>3.55</v>
+      </c>
+      <c r="R31" s="8"/>
+      <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
-    <row r="32" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>