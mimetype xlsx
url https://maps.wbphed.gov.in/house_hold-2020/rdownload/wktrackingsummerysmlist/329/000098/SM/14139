--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1318,54 +1318,54 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>127.85</v>
       </c>
       <c r="Q6" s="4">
-        <v>24.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>18.78</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1381,54 +1381,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>126.1</v>
       </c>
       <c r="Q7" s="4">
-        <v>14.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>11.88</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1444,54 +1444,54 @@
       <c r="I8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>2.27</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.15</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>94.91</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1918,54 +1918,54 @@
       <c r="I16" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>900.09</v>
       </c>
       <c r="Q16" s="4">
-        <v>541.41</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>60.15</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2107,54 +2107,54 @@
       <c r="I19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>19789.29</v>
       </c>
       <c r="Q19" s="4">
-        <v>154.87</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>20</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2229,54 +2229,54 @@
       <c r="I21" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P21" s="4">
         <v>52.96</v>
       </c>
       <c r="Q21" s="4">
-        <v>43.46</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>82.07</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>82</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2292,54 +2292,54 @@
       <c r="I22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P22" s="4">
         <v>96.98</v>
       </c>
       <c r="Q22" s="4">
-        <v>12.84</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>13.24</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>70</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2818,54 +2818,54 @@
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>176</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>22339.08</v>
       </c>
       <c r="P31" s="8">
-        <v>793.73</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>3.55</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>