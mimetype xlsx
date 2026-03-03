--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1070,54 +1070,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>48.37</v>
       </c>
       <c r="Q4" s="4">
-        <v>46.44</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>96.02</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>96</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1133,54 +1133,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>31.4</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.46</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>23.75</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1196,54 +1196,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>0.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1257,54 +1257,54 @@
         <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>0.97</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1318,54 +1318,54 @@
         <v>55</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P8" s="4">
         <v>0.97</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1379,54 +1379,54 @@
         <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P9" s="4">
         <v>0.97</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1442,54 +1442,54 @@
       <c r="I10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P10" s="4">
         <v>0.97</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1505,54 +1505,54 @@
       <c r="I11" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P11" s="4">
         <v>0.97</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1863,54 +1863,54 @@
       <c r="I17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P17" s="4">
         <v>912.78</v>
       </c>
       <c r="Q17" s="4">
-        <v>629.1</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>68.92</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>60</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1926,54 +1926,54 @@
       <c r="I18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P18" s="4">
         <v>53.86</v>
       </c>
       <c r="Q18" s="4">
-        <v>50.14</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>93.09</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>46</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2235,88 +2235,88 @@
       <c r="I23" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>128</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="4">
         <v>34.11</v>
       </c>
       <c r="Q23" s="4">
-        <v>26.99</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>79.14</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>21608.07</v>
       </c>
       <c r="P24" s="8">
-        <v>765.95</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>3.54</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>