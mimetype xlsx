--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1066,54 +1066,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>8.77</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.77</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1127,54 +1127,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>3.91</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.83</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.97</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1188,54 +1188,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>100.77</v>
       </c>
       <c r="Q5" s="4">
-        <v>99.21</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.44</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1249,54 +1249,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>0.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1310,54 +1310,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>10.7</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.58</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.91</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1371,54 +1371,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>47.65</v>
       </c>
       <c r="Q8" s="4">
-        <v>18.82</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>39.49</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1660,54 +1660,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>41.96</v>
       </c>
       <c r="Q13" s="4">
-        <v>41.15</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.05</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1721,54 +1721,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>125.4</v>
       </c>
       <c r="Q14" s="4">
-        <v>125.39</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>99</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1839,54 +1839,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>220.74</v>
       </c>
       <c r="Q16" s="4">
-        <v>171.96</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>77.9</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>60</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1900,54 +1900,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P17" s="4">
         <v>277.03</v>
       </c>
       <c r="Q17" s="4">
-        <v>216.83</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>78.27</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1961,54 +1961,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>139.53</v>
       </c>
       <c r="Q18" s="4">
-        <v>116.37</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>83.4</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>20</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2083,54 +2083,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P20" s="4">
         <v>78.48</v>
       </c>
       <c r="Q20" s="4">
-        <v>10.93</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>13.93</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>40</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2323,54 +2323,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P24" s="4">
         <v>101.76</v>
       </c>
       <c r="Q24" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>98.14</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2384,88 +2384,88 @@
       <c r="I25" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>147</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P25" s="4">
         <v>30.35</v>
       </c>
       <c r="Q25" s="4">
-        <v>24.94</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>82.2</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>21256.31</v>
       </c>
       <c r="P26" s="8">
-        <v>949.64</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>4.47</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>