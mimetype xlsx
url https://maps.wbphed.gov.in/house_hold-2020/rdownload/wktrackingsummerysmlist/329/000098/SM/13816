--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -143,51 +143,51 @@
   <si>
     <t>27/09/2023</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Execution of different works related to PUTIMARI BAKSIBAS PWSS under JAL JEEVAN MISSION SE NBC1/PHED A. O.: 978/1-5/NBC-1; DT: 19-01-23</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER, COOCHBEHAR SADAR SUB-DIVISION,CONTRACTUAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000458/2022-2023</t>
   </si>
   <si>
     <t>1509/CD</t>
   </si>
   <si>
     <t>19/01/2023</t>
   </si>
   <si>
-    <t>07/02/2025</t>
+    <t>07/07/2025</t>
   </si>
   <si>
     <t>NABIN DEBNATH</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for Puttimari Baksibas water supply scheme, TW no I and II under Jal Jeevan Mission under NMD-II, PHE Dte.APD</t>
   </si>
   <si>
     <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer 2, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/001085/2023-2024</t>
   </si>
   <si>
     <t>2781/NMD-II</t>
   </si>
   <si>
     <t>05/10/2023</t>
   </si>
   <si>
     <t>04/11/2023</t>
   </si>
@@ -230,51 +230,51 @@
   <si>
     <t>BILL/00543/2024-2025</t>
   </si>
   <si>
     <t>BP-211</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>BHAGWATI BHUJEL</t>
   </si>
   <si>
     <t>Execution of different works related to PUTIMARI BAKSHIBAS PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>ORD/000339/2023-2024</t>
   </si>
   <si>
     <t>1323/CD</t>
   </si>
   <si>
     <t>24/11/2023</t>
   </si>
   <si>
-    <t>17/01/2025</t>
+    <t>18/03/2025</t>
   </si>
   <si>
     <t>Laying of DI line along both the flanks of Roads in Cooch Behar District(PHALIMARI,SHALBARI,Mansai,SIKARPUR,SAJHERPARGHORAMARA,Nandina,Garbhadanga,BHORAM,FALIMARI,DAKSHINBOKNABANDHA,BHOGRAMGURI,BHERBHERIMANABARI,KHATERBARI,NENDARPAR,NAKARJAN,CHHOTO BOALMARI,PESTARJHAR,CHENGERKUTHIKHALISAMARI,Guriahati,SHUKARURKUTHI,PATCHHARA,DALUA DASGIR,PANIGRAM,CHEKIACHARA, Panisala,BARAIBARI,GHUGHUMARI,JORE SIMULI,BajejamaChilakhanaZI,HEMKUMARIZI,KHARIJAKHAWARDARA,BASRAJAPRATHAMKHANDA,KONACHATRA ZII,AMBARI,SHILGHAGRI,MAHISHKUCHIZII,DHALDIBARI,PHULBARI PB,NAJIRGANJ,MARANADIRKUTHI,NAKKATIGACHHI,BAJRAPUR,GOPALPUR,MAHISHKUCHI ZI,HEMKUMARIZ1PB,KONACHATRAZI,DANGA,DaribashPrathamKhanda,BHALKA, DUAISUAI,BRAHMOTTARCHATRA,Tutiarkuthi, HARINCHAOWRA,CHAKCHAKAZI,Natabari,NAJIRANDEUTIKATA,BARAPHALIMARI,ALOKJHARI,GAJENDRAPUR CHOWRANGEE,NAKKATI,CHIKLIGURI,ANGARKATAPARADUBI,UNISH BASA,KHARIANALDHONDRA,BARARANGRAS,KALARAYERKUTHI, KISMATMOKARARI,JORPATKI,ASAKBARIPRATHAMKHANDA,ABUARPATHAR,DAKSHIN KHARIJAGITALDAHA,INDRANARAYAN,Atpukhari,DHANDHANIA,JNANDAS,JHURIPARA,NUTANBAS,KHARIJADURGANAGARDWITIYAKHANDA,UTTARSINGIMARI,BHUTKURA,BARA ADABARI,CHANDANCHOWRA,PUTIMARIBAKSIBAS,JHINGAPUNI,SAJHERPAR KHATALBARI,KHARIJABALADANGA,DHANGDHINGGURI,SITALKUCHI ZIV, bajejamachilakhanazII,Sitalkuchi ZII,PETLAEPRA,UCHALPUKHARIZI,Chilkirhat,DakshinBasrajbalaZI, SantoshpurZI,BaraSaulmari,SitalkuchiZV,SITALKUCHIZIII,RUIERKHUTHI,BajejamaChilakhana ZIII,SARAHATI,BALASI,MOAMARI,MAINAGURIDIGHALHATI,NIGAMNAGAR,GABUA,DAKSHINALOKJHARI,MARADANGA,PASCHIM MOAMARI,BAISGURIKHANDA,BHULKI,BIJLICHATKA,KHATTIMARIZI,KUCHLIBARIZII,UPENCHAUKIKUCHLIBARI,PutiaBaraMasiaZI,UCHALPUKURIZII,PutiaBaraMasiaZII,BARAKODALIZII,KSHETI,CHHOTAKESHARIBARI,PAKHIHAGA,Kuchlibari ZI,MAHISHCHARU,HEMKUMARI ZII,HEMKUMARI ZIII,DakshinBasrajbalaZII,Takoamari,Sathbhandari,Payamari,MADHYAHUDUMDANGA,SINGIMARIPASCHIMPAR,HARIBHANGA,Bhogmara,LAUCHAPRA,BHANGAMORE,BAROPINJARERJHAR,GHOKSADANGA,DAKSHINBAJEJAMAKHASBAS,JARABARIPRATHAMKHANDA,ANANDARANSINGIMARI underCOB DIV PHED</t>
   </si>
   <si>
     <t>CONTRACTUAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000339/2024-2025</t>
   </si>
   <si>
     <t>1264/CD</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>