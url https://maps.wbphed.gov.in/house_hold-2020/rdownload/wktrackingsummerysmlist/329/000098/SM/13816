--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1006,54 +1006,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>396.56</v>
       </c>
       <c r="Q5" s="4">
-        <v>270.26</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>68.15</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>75</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1069,54 +1069,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>18.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>39.77</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1532,54 +1532,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>20428.5</v>
       </c>
       <c r="P14" s="8">
-        <v>277.62</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>