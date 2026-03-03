--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1087,54 +1087,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>17.44</v>
       </c>
       <c r="Q3" s="4">
-        <v>17.38</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1148,54 +1148,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>14.23</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.23</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1323,54 +1323,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>8.6</v>
       </c>
       <c r="Q7" s="4">
-        <v>8.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1445,54 +1445,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P9" s="4">
         <v>3.71</v>
       </c>
       <c r="Q9" s="4">
-        <v>3.46</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1506,54 +1506,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>64.14</v>
       </c>
       <c r="Q10" s="4">
-        <v>64.07</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1624,54 +1624,54 @@
       <c r="I12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>9.97</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.07</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>90.91</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>50</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1685,54 +1685,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P13" s="4">
         <v>21.94</v>
       </c>
       <c r="Q13" s="4">
-        <v>21.32</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.2</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1807,54 +1807,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P15" s="4">
         <v>0.4</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1868,54 +1868,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P16" s="4">
         <v>9.16</v>
       </c>
       <c r="Q16" s="4">
-        <v>8.4</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>91.77</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1929,54 +1929,54 @@
       <c r="I17" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P17" s="4">
         <v>84.91</v>
       </c>
       <c r="Q17" s="4">
-        <v>53.38</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>62.87</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>70</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1990,54 +1990,54 @@
       <c r="I18" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P18" s="4">
         <v>96.48</v>
       </c>
       <c r="Q18" s="4">
-        <v>36.59</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>37.92</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2336,54 +2336,54 @@
       <c r="I24" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P24" s="4">
         <v>16.24</v>
       </c>
       <c r="Q24" s="4">
-        <v>11.46</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>70.55</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2397,54 +2397,54 @@
       <c r="I25" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P25" s="4">
         <v>467.31</v>
       </c>
       <c r="Q25" s="4">
-        <v>170.2</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>36.42</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>37</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2458,54 +2458,54 @@
       <c r="I26" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P26" s="4">
         <v>567.88</v>
       </c>
       <c r="Q26" s="4">
-        <v>182.89</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>32.21</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>40</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2519,54 +2519,54 @@
       <c r="I27" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P27" s="4">
         <v>477.24</v>
       </c>
       <c r="Q27" s="4">
-        <v>184.44</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>38.65</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>40</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2641,88 +2641,88 @@
       <c r="I29" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P29" s="4">
         <v>440.06</v>
       </c>
       <c r="Q29" s="4">
-        <v>177.81</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>40.41</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>30</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>160</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>2583.24</v>
       </c>
       <c r="P30" s="8">
-        <v>963.7</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>37.31</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>