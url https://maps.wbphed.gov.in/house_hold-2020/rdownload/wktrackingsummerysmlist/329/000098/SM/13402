--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -341,51 +341,51 @@
   <si>
     <t>ORD/000533/2022-2023</t>
   </si>
   <si>
     <t>1778/CD</t>
   </si>
   <si>
     <t>02/03/2023</t>
   </si>
   <si>
     <t>21/07/2025</t>
   </si>
   <si>
     <t>Execution of different works related to AUG. of NIGAMNAGAR ZONE - I PWSS under JAL JEEVAN MISSION SE,NBC-1,PHED A.O. No.: 1012/1-5/NBC-1; Dt.: 24-01-23</t>
   </si>
   <si>
     <t>ORD/000494/2022-2023</t>
   </si>
   <si>
     <t>1559/CD</t>
   </si>
   <si>
     <t>24/01/2023</t>
   </si>
   <si>
-    <t>10/07/2025</t>
+    <t>07/12/2025</t>
   </si>
   <si>
     <t>Execution of different works related to AUG. of NIGAMNAGAR ZONE - II PWSS under JAL JEEVAN MISSION SE,NBC-1,PHED A.O. No.: 1215/1-5/NBC-1; Dt.: 01-03-23</t>
   </si>
   <si>
     <t>ORD/000527/2022-2023</t>
   </si>
   <si>
     <t>1777/CD</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for AUGUMENTATION OF NIGAMNAGAR Water Supply Scheme TW No.- I and II OF ZONE -I TW No.- I and II OF ZONE -II TW No.- I and II OF ZONE -III under NMD-II,PHE.Dte,,APD.</t>
   </si>
   <si>
     <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer 3, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/000664/2023-2024</t>
   </si>