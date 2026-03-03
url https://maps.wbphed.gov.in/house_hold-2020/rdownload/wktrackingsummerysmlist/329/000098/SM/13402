--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1015,54 +1015,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>87.11</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1076,54 +1076,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>9.57</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.57</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1137,54 +1137,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>7.64</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.64</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1198,54 +1198,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>0.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1259,54 +1259,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="4">
         <v>0.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1965,54 +1965,54 @@
       <c r="I19" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P19" s="4">
         <v>807.86</v>
       </c>
       <c r="Q19" s="4">
-        <v>152.76</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>18.91</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>76</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2026,54 +2026,54 @@
       <c r="I20" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P20" s="4">
         <v>65.42</v>
       </c>
       <c r="Q20" s="4">
-        <v>20.59</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>31.47</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>70</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2180,54 +2180,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>21847.11</v>
       </c>
       <c r="P23" s="8">
-        <v>200.86</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>