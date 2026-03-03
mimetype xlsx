--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1134,54 +1134,54 @@
       <c r="I6" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>2.96</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.96</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1366,54 +1366,54 @@
       <c r="I10" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>9.57</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.08</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>42.59</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1488,54 +1488,54 @@
       <c r="I12" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>9.57</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.57</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1549,54 +1549,54 @@
       <c r="I13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>21.08</v>
       </c>
       <c r="Q13" s="4">
-        <v>20.78</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.58</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1667,54 +1667,54 @@
       <c r="I15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P15" s="4">
         <v>497.65</v>
       </c>
       <c r="Q15" s="4">
-        <v>230.49</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>46.32</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1785,54 +1785,54 @@
       <c r="I17" s="13" t="s">
         <v>103</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>104</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="4">
         <v>83.25</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>11.3</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>30</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1880,54 +1880,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>919.99</v>
       </c>
       <c r="P19" s="8">
-        <v>277.28</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>30.14</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>