--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -967,54 +967,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.93</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>20.47</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1545,54 +1545,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>492.69</v>
       </c>
       <c r="Q13" s="4">
-        <v>313.72</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>63.67</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>92</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1606,54 +1606,54 @@
       <c r="I14" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>31.23</v>
       </c>
       <c r="Q14" s="4">
-        <v>18.54</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>59.39</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1994,54 +1994,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>20749.34</v>
       </c>
       <c r="P21" s="8">
-        <v>334.29</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>