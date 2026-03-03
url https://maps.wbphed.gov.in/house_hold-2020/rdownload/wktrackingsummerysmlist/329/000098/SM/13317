--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1196,54 +1196,54 @@
       <c r="I7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>63.11</v>
       </c>
       <c r="Q7" s="4">
-        <v>60.17</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>67</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1259,54 +1259,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>21.57</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.38</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.12</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1322,54 +1322,54 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>0.97</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1385,54 +1385,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>0.97</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1448,54 +1448,54 @@
       <c r="I11" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P11" s="4">
         <v>0.97</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1570,54 +1570,54 @@
       <c r="I13" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P13" s="4">
         <v>462.18</v>
       </c>
       <c r="Q13" s="4">
-        <v>406.96</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>88.05</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1854,54 +1854,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>21017.12</v>
       </c>
       <c r="P18" s="8">
-        <v>491.42</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>