--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1330,54 +1330,54 @@
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>157.42</v>
       </c>
       <c r="Q11" s="4">
-        <v>91.59</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>58.18</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1425,54 +1425,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>366.77</v>
       </c>
       <c r="P13" s="8">
-        <v>91.59</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>24.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>