--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1745,54 +1745,54 @@
       <c r="I16" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P16" s="4">
         <v>50.88</v>
       </c>
       <c r="Q16" s="4">
-        <v>49.86</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>97.99</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>66</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1985,54 +1985,54 @@
       <c r="I20" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P20" s="4">
         <v>305.58</v>
       </c>
       <c r="Q20" s="4">
-        <v>214.86</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>70.31</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>10</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2048,54 +2048,54 @@
       <c r="I21" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P21" s="4">
         <v>21.12</v>
       </c>
       <c r="Q21" s="4">
-        <v>20.34</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>96.29</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2145,54 +2145,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>469.86</v>
       </c>
       <c r="P23" s="8">
-        <v>285.06</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>60.67</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>