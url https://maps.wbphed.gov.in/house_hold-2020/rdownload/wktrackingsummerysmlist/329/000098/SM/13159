--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -221,51 +221,51 @@
   <si>
     <t>BP-257/24-25</t>
   </si>
   <si>
     <t>08/08/2024</t>
   </si>
   <si>
     <t>Execution of different works related to SOULMARI Z 2 PWSS under JAL JEEVAN MISSION SE,NBC-1,PHED A.O. No.: 1009/1-5/NBC-1; Dt.: 24-01-23</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER, COOCHBEHAR SADAR SUB-DIVISION,ASSISTANT ENGINEER, HEAD QUARTER,COOCHBEHAR DIVISION,ASSISTANT ENGINEER, TUFANGANJ SUB-DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION,JUNIOR ENGINEER, HEAD QUARTER, COOCH BEHAR DIVISION</t>
   </si>
   <si>
     <t>ORD/000497/2022-2023</t>
   </si>
   <si>
     <t>1562/CD</t>
   </si>
   <si>
     <t>24/01/2023</t>
   </si>
   <si>
-    <t>22/06/2025</t>
+    <t>18/04/2026</t>
   </si>
   <si>
     <t>SWAPAN KUMAR ROY</t>
   </si>
   <si>
     <t>Execution of different works related to SOULMARI Z- II PWSS under JAL JEEVAN MISSION DHT</t>
   </si>
   <si>
     <t>ORD/000503/2023-2024</t>
   </si>
   <si>
     <t>299/CD</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>03/02/2025</t>
   </si>
   <si>
     <t>Execution of different works related (Within area of GOSANIMARI) to Soulmari Zone-II PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER, COOCHBEHAR SADAR SUB-DIVISION</t>
   </si>