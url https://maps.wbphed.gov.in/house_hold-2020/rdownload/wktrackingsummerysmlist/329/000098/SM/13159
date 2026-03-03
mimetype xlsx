--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -874,54 +874,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>27.32</v>
       </c>
       <c r="Q3" s="4">
-        <v>26.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.03</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1053,54 +1053,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>39.89</v>
       </c>
       <c r="Q6" s="4">
-        <v>13.05</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>32.71</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1228,54 +1228,54 @@
       <c r="I9" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>365.46</v>
       </c>
       <c r="Q9" s="4">
-        <v>272.56</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>74.58</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1289,54 +1289,54 @@
       <c r="I10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>95.77</v>
       </c>
       <c r="Q10" s="4">
-        <v>76.78</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>80.17</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1441,54 +1441,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>755.6</v>
       </c>
       <c r="P13" s="8">
-        <v>389.16</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>51.5</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>