--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -300,50 +300,56 @@
     <t>02/07/2024</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO HEMKUMARI ZONE-II HEMKUMARI ZONE-III &amp; DAKSHIN SAMILABAS PWSS UNDER JAL JEEVAN MISSION.</t>
   </si>
   <si>
     <t>ORD/000532/2024-2025</t>
   </si>
   <si>
     <t>2216/CD</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>M/S N S CONSTRUCTION</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER, HEAD QUARTER,COOCHBEHAR DIVISION</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000277/2025-2026</t>
   </si>
   <si>
     <t>737/CD</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>SANKAR CHAKRABORTY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -967,54 +973,54 @@
       <c r="I4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>9.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.12</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>91.45</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1435,54 +1441,54 @@
       <c r="I12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>317.41</v>
       </c>
       <c r="Q12" s="4">
-        <v>151.82</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>47.83</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1593,109 +1599,113 @@
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="I15" s="13"/>
-      <c r="J15" s="13"/>
+      <c r="I15" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>97</v>
+      </c>
       <c r="K15" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P15" s="4">
         <v>39.09</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>20355.81</v>
       </c>
       <c r="P16" s="8">
-        <v>160.94</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>