--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1047,54 +1047,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>35.82</v>
       </c>
       <c r="Q6" s="4">
-        <v>35.75</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1110,54 +1110,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>48.55</v>
       </c>
       <c r="Q7" s="4">
-        <v>46.26</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.28</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1173,54 +1173,54 @@
       <c r="I8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>14.93</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>26.47</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1295,54 +1295,54 @@
       <c r="I10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
         <v>569.74</v>
       </c>
       <c r="Q10" s="4">
-        <v>83.02</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>14.57</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>46</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1358,54 +1358,54 @@
       <c r="I11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>75.19</v>
       </c>
       <c r="Q11" s="4">
-        <v>62.74</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>83.45</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>83</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1455,54 +1455,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>784.08</v>
       </c>
       <c r="P13" s="8">
-        <v>231.72</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>29.55</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>