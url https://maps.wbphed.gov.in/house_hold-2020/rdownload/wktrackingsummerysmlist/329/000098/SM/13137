--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -245,51 +245,51 @@
   <si>
     <t>1264/CD</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO PAKHIHAGA &amp; JARABARI PRATHAM KHANDA PWSS UNDER JAL JEEVAN MISSION.</t>
   </si>
   <si>
     <t>ORD/000561/2024-2025</t>
   </si>
   <si>
     <t>2246/CD</t>
   </si>
   <si>
     <t>23/12/2024</t>
   </si>
   <si>
-    <t>22/04/2025</t>
+    <t>16/02/2026</t>
   </si>
   <si>
     <t>Execution of different works related to DINHATA (P) &amp; Adjacent Jarabari Pratham Khanda &amp; Dakhshin Dighaltari PWSS under JAL JEEVAN MISSION.</t>
   </si>
   <si>
     <t>ORD/000084/2024-2025</t>
   </si>
   <si>
     <t>1189/CD</t>
   </si>
   <si>
     <t>18/06/2024</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>M/S J C ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 