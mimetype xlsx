--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -920,54 +920,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>6.94</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.91</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.63</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1101,54 +1101,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>609.12</v>
       </c>
       <c r="Q7" s="4">
-        <v>458.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>75.29</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>76</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1353,88 +1353,88 @@
       <c r="I11" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P11" s="4">
         <v>80.91</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.8</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>85</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>20593.99</v>
       </c>
       <c r="P12" s="8">
-        <v>467.31</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>2.27</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>