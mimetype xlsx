--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1167,54 +1167,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>83.88</v>
       </c>
       <c r="Q3" s="4">
-        <v>73.87</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>88.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1230,54 +1230,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>23.36</v>
       </c>
       <c r="Q4" s="4">
-        <v>23.26</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.55</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1293,54 +1293,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>76.11</v>
       </c>
       <c r="Q5" s="4">
-        <v>59.9</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>78.7</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>78</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1356,54 +1356,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>2.27</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>94.95</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1419,54 +1419,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P7" s="4">
         <v>24.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>24.54</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.71</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1718,54 +1718,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P12" s="4">
         <v>69.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>17.72</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>25.4</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1781,54 +1781,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P13" s="4">
         <v>63.13</v>
       </c>
       <c r="Q13" s="4">
-        <v>53.09</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>84.1</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1844,54 +1844,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P14" s="4">
         <v>76.88</v>
       </c>
       <c r="Q14" s="4">
-        <v>74.01</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>96.26</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>35</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1907,54 +1907,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P15" s="4">
         <v>63.91</v>
       </c>
       <c r="Q15" s="4">
-        <v>54.35</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>85.05</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1970,54 +1970,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P16" s="4">
         <v>85.61</v>
       </c>
       <c r="Q16" s="4">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>98.12</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>87</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2033,54 +2033,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P17" s="4">
         <v>98.15</v>
       </c>
       <c r="Q17" s="4">
-        <v>80.58</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>82.1</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>83</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2389,54 +2389,54 @@
       <c r="I23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P23" s="4">
         <v>341.24</v>
       </c>
       <c r="Q23" s="4">
-        <v>265.73</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>77.87</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>90</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2452,54 +2452,54 @@
       <c r="I24" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P24" s="4">
         <v>19789.29</v>
       </c>
       <c r="Q24" s="4">
-        <v>116.19</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>20</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2761,54 +2761,54 @@
       <c r="I29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>151</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P29" s="4">
         <v>43.7</v>
       </c>
       <c r="Q29" s="4">
-        <v>28.16</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>64.44</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>50</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
@@ -2950,54 +2950,54 @@
       <c r="I32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P32" s="4">
         <v>63.23</v>
       </c>
       <c r="Q32" s="4">
-        <v>58.29</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>92.19</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>23</v>
       </c>
@@ -3013,54 +3013,54 @@
       <c r="I33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P33" s="4">
         <v>82.78</v>
       </c>
       <c r="Q33" s="4">
-        <v>65.93</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>79.65</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>90</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
@@ -3076,88 +3076,88 @@
       <c r="I34" s="13" t="s">
         <v>181</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>138</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P34" s="4">
         <v>43.53</v>
       </c>
       <c r="Q34" s="4">
-        <v>29.65</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>68.12</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>186</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>21411.06</v>
       </c>
       <c r="P35" s="8">
-        <v>1111.42</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>5.19</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>