--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1042,54 +1042,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.96</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.49</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1103,54 +1103,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>4.8</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.8</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1164,54 +1164,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>30.7</v>
       </c>
       <c r="Q5" s="4">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>45.6</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>48</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1225,54 +1225,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>30.71</v>
       </c>
       <c r="Q6" s="4">
-        <v>14.59</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>47.52</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>48</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1343,54 +1343,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>35.04</v>
       </c>
       <c r="Q8" s="4">
-        <v>23.33</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>66.59</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>30</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1404,54 +1404,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>7.64</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.64</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1465,54 +1465,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>30.71</v>
       </c>
       <c r="Q10" s="4">
-        <v>14.6</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>47.53</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>48</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1701,54 +1701,54 @@
       <c r="I14" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>54.64</v>
       </c>
       <c r="Q14" s="4">
-        <v>24.55</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>44.93</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1933,54 +1933,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P18" s="4">
         <v>779.99</v>
       </c>
       <c r="Q18" s="4">
-        <v>488.4</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>62.62</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>56</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2055,54 +2055,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P20" s="4">
         <v>638.51</v>
       </c>
       <c r="Q20" s="4">
-        <v>346.96</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>54.34</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>50</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2116,54 +2116,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P21" s="4">
         <v>31.96</v>
       </c>
       <c r="Q21" s="4">
-        <v>16.04</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>50.18</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>50</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2327,54 +2327,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>21752.83</v>
       </c>
       <c r="P25" s="8">
-        <v>959.86</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>