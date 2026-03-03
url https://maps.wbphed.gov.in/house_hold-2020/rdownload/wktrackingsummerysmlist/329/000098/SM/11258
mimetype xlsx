--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -102,74 +102,50 @@
     <t>Coochbehar Division</t>
   </si>
   <si>
     <t>Rejuvenation of BARO PINJARERJHAR Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/11258</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000125/2023-2024</t>
   </si>
   <si>
     <t>231/CD</t>
   </si>
   <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
-  </si>
-[...22 lines deleted...]
-    <t>SUBHAS CHANDRA ROY</t>
   </si>
   <si>
     <t>Laying of DI line along both the flanks of Roads in Cooch Behar District(PHALIMARI,SHALBARI,Mansai,SIKARPUR,SAJHERPARGHORAMARA,Nandina,Garbhadanga,BHORAM,FALIMARI,DAKSHINBOKNABANDHA,BHOGRAMGURI,BHERBHERIMANABARI,KHATERBARI,NENDARPAR,NAKARJAN,CHHOTO BOALMARI,PESTARJHAR,CHENGERKUTHIKHALISAMARI,Guriahati,SHUKARURKUTHI,PATCHHARA,DALUA DASGIR,PANIGRAM,CHEKIACHARA, Panisala,BARAIBARI,GHUGHUMARI,JORE SIMULI,BajejamaChilakhanaZI,HEMKUMARIZI,KHARIJAKHAWARDARA,BASRAJAPRATHAMKHANDA,KONACHATRA ZII,AMBARI,SHILGHAGRI,MAHISHKUCHIZII,DHALDIBARI,PHULBARI PB,NAJIRGANJ,MARANADIRKUTHI,NAKKATIGACHHI,BAJRAPUR,GOPALPUR,MAHISHKUCHI ZI,HEMKUMARIZ1PB,KONACHATRAZI,DANGA,DaribashPrathamKhanda,BHALKA, DUAISUAI,BRAHMOTTARCHATRA,Tutiarkuthi, HARINCHAOWRA,CHAKCHAKAZI,Natabari,NAJIRANDEUTIKATA,BARAPHALIMARI,ALOKJHARI,GAJENDRAPUR CHOWRANGEE,NAKKATI,CHIKLIGURI,ANGARKATAPARADUBI,UNISH BASA,KHARIANALDHONDRA,BARARANGRAS,KALARAYERKUTHI, KISMATMOKARARI,JORPATKI,ASAKBARIPRATHAMKHANDA,ABUARPATHAR,DAKSHIN KHARIJAGITALDAHA,INDRANARAYAN,Atpukhari,DHANDHANIA,JNANDAS,JHURIPARA,NUTANBAS,KHARIJADURGANAGARDWITIYAKHANDA,UTTARSINGIMARI,BHUTKURA,BARA ADABARI,CHANDANCHOWRA,PUTIMARIBAKSIBAS,JHINGAPUNI,SAJHERPAR KHATALBARI,KHARIJABALADANGA,DHANGDHINGGURI,SITALKUCHI ZIV, bajejamachilakhanazII,Sitalkuchi ZII,PETLAEPRA,UCHALPUKHARIZI,Chilkirhat,DakshinBasrajbalaZI, SantoshpurZI,BaraSaulmari,SitalkuchiZV,SITALKUCHIZIII,RUIERKHUTHI,BajejamaChilakhana ZIII,SARAHATI,BALASI,MOAMARI,MAINAGURIDIGHALHATI,NIGAMNAGAR,GABUA,DAKSHINALOKJHARI,MARADANGA,PASCHIM MOAMARI,BAISGURIKHANDA,BHULKI,BIJLICHATKA,KHATTIMARIZI,KUCHLIBARIZII,UPENCHAUKIKUCHLIBARI,PutiaBaraMasiaZI,UCHALPUKURIZII,PutiaBaraMasiaZII,BARAKODALIZII,KSHETI,CHHOTAKESHARIBARI,PAKHIHAGA,Kuchlibari ZI,MAHISHCHARU,HEMKUMARI ZII,HEMKUMARI ZIII,DakshinBasrajbalaZII,Takoamari,Sathbhandari,Payamari,MADHYAHUDUMDANGA,SINGIMARIPASCHIMPAR,HARIBHANGA,Bhogmara,LAUCHAPRA,BHANGAMORE,BAROPINJARERJHAR,GHOKSADANGA,DAKSHINBAJEJAMAKHASBAS,JARABARIPRATHAMKHANDA,ANANDARANSINGIMARI underCOB DIV PHED</t>
   </si>
   <si>
     <t>CONTRACTUAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000339/2024-2025</t>
   </si>
   <si>
     <t>1264/CD</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
@@ -600,51 +576,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -817,222 +793,161 @@
       <c r="H4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
-        <v>52.75</v>
+        <v>19789.29</v>
       </c>
       <c r="Q4" s="4">
-        <v>25.53</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>48.4</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="I5" s="13" t="s">
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="N5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>19789.29</v>
+        <v>53.05</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="3">
-[...49 lines deleted...]
-      </c>
+      <c r="A6" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>19861.29</v>
+      </c>
+      <c r="P6" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>0</v>
+      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>