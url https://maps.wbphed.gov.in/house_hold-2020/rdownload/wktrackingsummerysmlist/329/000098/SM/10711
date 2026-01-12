--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -128,87 +128,87 @@
   <si>
     <t>10/03/2022</t>
   </si>
   <si>
     <t>09/04/2022</t>
   </si>
   <si>
     <t>NEW GOLDEN COOPARATIVE LAB CONT &amp; CONSTN SOCY .LTD</t>
   </si>
   <si>
     <t>ELECTRICITY PAYMENT CHONGER KATHA KHAGRIBARI PWSS</t>
   </si>
   <si>
     <t>BILL/00555/2023-2024</t>
   </si>
   <si>
     <t>BP-192</t>
   </si>
   <si>
     <t>05/06/2023</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
+    <t>EXECUTION OF DIFFERENT WORKS RELATED TO (within JORPATKI area) CHUNGERKHATA KHAGRIBARI PWSS UNDER JAL JEEVAN MISSION.</t>
+  </si>
+  <si>
+    <t>ORD/000596/2024-2025</t>
+  </si>
+  <si>
+    <t>2297/CD</t>
+  </si>
+  <si>
+    <t>23/12/2024</t>
+  </si>
+  <si>
+    <t>21/02/2025</t>
+  </si>
+  <si>
+    <t>JAINCO TRADERS</t>
+  </si>
+  <si>
     <t>Execution of different works related to CHONGERKHATA KHAGRIBARI PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, MATHABHANGA SUB-DIVISION,JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000549/2022-2023</t>
   </si>
   <si>
     <t>1683/CD</t>
   </si>
   <si>
     <t>13/02/2023</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
     <t>BIJOY ROY</t>
-  </si>
-[...16 lines deleted...]
-    <t>JAINCO TRADERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -853,139 +853,139 @@
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="I5" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="13" t="s">
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="N5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="O5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>92.22</v>
+        <v>81.98</v>
       </c>
       <c r="Q5" s="4">
-        <v>42.59</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>46.18</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="I6" s="13"/>
-      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
-        <v>81.98</v>
+        <v>92.22</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>42.59</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>46.18</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>209.09</v>