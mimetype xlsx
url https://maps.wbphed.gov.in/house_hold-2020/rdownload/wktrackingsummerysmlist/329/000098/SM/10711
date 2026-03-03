--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -760,54 +760,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>30.24</v>
       </c>
       <c r="Q3" s="4">
-        <v>15.54</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>51.39</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -935,88 +935,88 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>92.22</v>
       </c>
       <c r="Q6" s="4">
-        <v>42.59</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>46.18</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>95</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>209.09</v>
       </c>
       <c r="P7" s="8">
-        <v>58.13</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>27.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>