--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1024,54 +1024,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>21.4</v>
       </c>
       <c r="Q3" s="4">
-        <v>20.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>93.73</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1085,54 +1085,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>6.25</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.25</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1146,54 +1146,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P5" s="4">
         <v>4.93</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.79</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1207,54 +1207,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>11.48</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.41</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1268,54 +1268,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>10.01</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.73</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.2</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1329,54 +1329,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P8" s="4">
         <v>9.71</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.71</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1390,54 +1390,54 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>67.9</v>
       </c>
       <c r="Q9" s="4">
-        <v>55.38</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>81.57</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1797,54 +1797,54 @@
       <c r="I16" s="13" t="s">
         <v>95</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>67.1</v>
       </c>
       <c r="Q16" s="4">
-        <v>35.35</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>52.68</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1858,54 +1858,54 @@
       <c r="I17" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>24.92</v>
       </c>
       <c r="Q17" s="4">
-        <v>24.76</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.37</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2098,54 +2098,54 @@
       <c r="I21" s="13" t="s">
         <v>117</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P21" s="4">
         <v>74.64</v>
       </c>
       <c r="Q21" s="4">
-        <v>13.03</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>17.46</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>90</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2250,54 +2250,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>139</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>561.02</v>
       </c>
       <c r="P24" s="8">
-        <v>190.44</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>33.95</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>