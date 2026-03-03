--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -977,54 +977,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>82.64</v>
       </c>
       <c r="Q4" s="4">
-        <v>57.59</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>69.69</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1038,54 +1038,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>85.75</v>
       </c>
       <c r="Q5" s="4">
-        <v>75.75</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>88.34</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1099,54 +1099,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>60.18</v>
       </c>
       <c r="Q6" s="4">
-        <v>43.43</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>72.17</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1160,54 +1160,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>66.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>57.76</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>86.64</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1510,54 +1510,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P13" s="4">
         <v>35.47</v>
       </c>
       <c r="Q13" s="4">
-        <v>24.1</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>67.96</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1742,88 +1742,88 @@
       <c r="I17" s="13" t="s">
         <v>98</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>99</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P17" s="4">
         <v>76.88</v>
       </c>
       <c r="Q17" s="4">
-        <v>72.42</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>525.94</v>
       </c>
       <c r="P18" s="8">
-        <v>331.06</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>62.95</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>