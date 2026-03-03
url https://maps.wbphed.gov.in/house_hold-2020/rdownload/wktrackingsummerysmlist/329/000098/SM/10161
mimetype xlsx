--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1031,54 +1031,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>12.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.38</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1092,54 +1092,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>90.35</v>
       </c>
       <c r="Q5" s="4">
-        <v>54.06</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>59.83</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1153,54 +1153,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>4.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1499,54 +1499,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P12" s="4">
         <v>88.74</v>
       </c>
       <c r="Q12" s="4">
-        <v>36.36</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>40.97</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1617,54 +1617,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>38.6</v>
       </c>
       <c r="Q14" s="4">
-        <v>37.96</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>98.35</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1678,54 +1678,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>30.88</v>
       </c>
       <c r="Q15" s="4">
-        <v>30.47</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>98.69</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>10</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1914,54 +1914,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>133.55</v>
       </c>
       <c r="Q19" s="4">
-        <v>112.37</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>84.14</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -1975,88 +1975,88 @@
       <c r="I20" s="13" t="s">
         <v>114</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P20" s="4">
         <v>23.24</v>
       </c>
       <c r="Q20" s="4">
-        <v>19.53</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>84.06</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>573.55</v>
       </c>
       <c r="P21" s="8">
-        <v>308.12</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>53.72</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>