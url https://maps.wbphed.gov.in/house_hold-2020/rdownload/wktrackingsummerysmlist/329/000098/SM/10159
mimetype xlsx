--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -419,78 +419,72 @@
   <si>
     <t>21/06/2025</t>
   </si>
   <si>
     <t>DAS ENTERPRISE</t>
   </si>
   <si>
     <t>Supply &amp; delivery of Submersible pump motor set and other Electro Mechanical Componenets at JAMALDAHA (REJU) PWSS and adjacent W/S Scheme in the district of Coochbehar under Northern Mechanical Division-II P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000043/2024-2025</t>
   </si>
   <si>
     <t>1934/CMSD</t>
   </si>
   <si>
     <t>13/06/2024</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>ALPHA ENTERPRISE</t>
   </si>
   <si>
+    <t>EXECUTION OF DIFFERENT WORKS RELATED DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
+  </si>
+  <si>
+    <t>ORD/000011/2025-2026</t>
+  </si>
+  <si>
+    <t>604/CD</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>27/07/2025</t>
+  </si>
+  <si>
+    <t>SSPR VALVE MANUFACTURING PVT. LTD.</t>
+  </si>
+  <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
   </si>
   <si>
-    <t>ORD/000003/2025-2026</t>
-[...23 lines deleted...]
-    <t>SSPR VALVE MANUFACTURING PVT. LTD.</t>
+    <t>JUNIOR ENGINEER, MATHABHANGA SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000078/2025-2026</t>
   </si>
   <si>
     <t>798/CD</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>CHAKRABORTY ENTERPRISE</t>
   </si>
   <si>
     <t>ORD/000291/2025-2026</t>
   </si>
   <si>
     <t>800/CD</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
@@ -963,51 +957,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W32"/>
+  <dimension ref="A1:W31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="71.8396" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2389,480 +2383,423 @@
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="I25" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P25" s="4">
-        <v>58.75</v>
+        <v>96.82</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>141</v>
       </c>
-      <c r="I26" s="13"/>
-      <c r="J26" s="13"/>
+      <c r="I26" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>142</v>
+      </c>
       <c r="K26" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="P26" s="4">
-        <v>96.82</v>
+        <v>72.16</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="P27" s="4">
-        <v>72.16</v>
+        <v>34.83</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-      <c r="J28" s="13"/>
+        <v>153</v>
+      </c>
+      <c r="I28" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="J28" s="13" t="s">
+        <v>155</v>
+      </c>
       <c r="K28" s="4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="P28" s="4">
-        <v>34.83</v>
+        <v>83.5</v>
       </c>
       <c r="Q28" s="4">
-        <v>0</v>
+        <v>53.74</v>
       </c>
       <c r="R28" s="4">
-        <v>0</v>
+        <v>64.36</v>
       </c>
       <c r="S28" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="I29" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="J29" s="13" t="s">
         <v>155</v>
       </c>
-      <c r="I29" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K29" s="4" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P29" s="4">
-        <v>83.5</v>
+        <v>93.03</v>
       </c>
       <c r="Q29" s="4">
-        <v>53.74</v>
+        <v>49.09</v>
       </c>
       <c r="R29" s="4">
-        <v>64.36</v>
+        <v>52.77</v>
       </c>
       <c r="S29" s="4">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="I30" s="13" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J30" s="13" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="K30" s="4" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="L30" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="M30" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="N30" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="O30" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="M30" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P30" s="4">
-        <v>93.03</v>
+        <v>99.06</v>
       </c>
       <c r="Q30" s="4">
-        <v>49.09</v>
+        <v>53.08</v>
       </c>
       <c r="R30" s="4">
-        <v>52.77</v>
+        <v>53.59</v>
       </c>
       <c r="S30" s="4">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
-      <c r="A31" s="3">
-[...33 lines deleted...]
-      <c r="M31" s="4" t="s">
+      <c r="A31" s="7" t="s">
         <v>171</v>
       </c>
-      <c r="N31" s="4" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="14"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="8"/>
+      <c r="L31" s="8"/>
+      <c r="M31" s="8"/>
+      <c r="N31" s="8"/>
+      <c r="O31" s="8">
+        <v>947.8</v>
+      </c>
+      <c r="P31" s="8">
+        <v>207.31</v>
+      </c>
+      <c r="Q31" s="8">
+        <v>21.87</v>
+      </c>
+      <c r="R31" s="8"/>
+      <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
-    <row r="32" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>