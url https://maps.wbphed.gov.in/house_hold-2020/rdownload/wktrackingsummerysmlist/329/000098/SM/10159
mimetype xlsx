--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1120,54 +1120,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>48.23</v>
       </c>
       <c r="Q3" s="4">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>58.05</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1637,54 +1637,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P12" s="4">
         <v>0.58</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.57</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.79</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1698,54 +1698,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P13" s="4">
         <v>12</v>
       </c>
       <c r="Q13" s="4">
-        <v>11.84</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.69</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1987,54 +1987,54 @@
       <c r="I18" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P18" s="4">
         <v>23.3</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.99</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>47.19</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2583,54 +2583,54 @@
       <c r="I28" s="13" t="s">
         <v>154</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>155</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P28" s="4">
         <v>83.5</v>
       </c>
       <c r="Q28" s="4">
-        <v>53.74</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>64.36</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>1</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2644,54 +2644,54 @@
       <c r="I29" s="13" t="s">
         <v>154</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>155</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P29" s="4">
         <v>93.03</v>
       </c>
       <c r="Q29" s="4">
-        <v>49.09</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>52.77</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>80</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2705,88 +2705,88 @@
       <c r="I30" s="13" t="s">
         <v>154</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>166</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P30" s="4">
         <v>99.06</v>
       </c>
       <c r="Q30" s="4">
-        <v>53.08</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>53.59</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>171</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>947.8</v>
       </c>
       <c r="P31" s="8">
-        <v>207.31</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>21.87</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>