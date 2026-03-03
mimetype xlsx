--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -1136,54 +1136,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>5.03</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.96</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1258,54 +1258,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>9.64</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.64</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1319,54 +1319,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>12</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1380,54 +1380,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>9.97</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.41</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>94.3</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -2206,54 +2206,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P22" s="4">
         <v>46.13</v>
       </c>
       <c r="Q22" s="4">
-        <v>39.89</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>86.48</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2267,54 +2267,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P23" s="4">
         <v>48.13</v>
       </c>
       <c r="Q23" s="4">
-        <v>44.7</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>92.87</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2328,54 +2328,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P24" s="4">
         <v>70.05</v>
       </c>
       <c r="Q24" s="4">
-        <v>66.41</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>94.8</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2389,54 +2389,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L25" s="4">
         <v>1654</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P25" s="4">
         <v>23.41</v>
       </c>
       <c r="Q25" s="4">
-        <v>10.41</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>44.47</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2450,54 +2450,54 @@
       <c r="I26" s="13" t="s">
         <v>134</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>135</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P26" s="4">
         <v>10.74</v>
       </c>
       <c r="Q26" s="4">
-        <v>10.62</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>98.86</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2655,54 +2655,54 @@
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>156</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>477.86</v>
       </c>
       <c r="P30" s="8">
-        <v>208.02</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>43.53</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>