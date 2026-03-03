--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1310,54 +1310,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>11.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.68</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1371,54 +1371,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>9.71</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.71</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1432,54 +1432,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P9" s="4">
         <v>2.06</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.93</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.71</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1493,54 +1493,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P10" s="4">
         <v>3.19</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.12</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>97.88</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2010,54 +2010,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P19" s="4">
         <v>51.84</v>
       </c>
       <c r="Q19" s="4">
-        <v>49.74</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>95.95</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2132,54 +2132,54 @@
       <c r="I21" s="13" t="s">
         <v>111</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>112</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="4">
         <v>3.31</v>
       </c>
       <c r="Q21" s="4">
-        <v>3.11</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>93.96</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>1</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2490,54 +2490,54 @@
       <c r="I27" s="13" t="s">
         <v>142</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P27" s="4">
         <v>113.45</v>
       </c>
       <c r="Q27" s="4">
-        <v>51.82</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>45.68</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>69</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2551,88 +2551,88 @@
       <c r="I28" s="13" t="s">
         <v>142</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P28" s="4">
         <v>9.98</v>
       </c>
       <c r="Q28" s="4">
-        <v>9.12</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>91.47</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>70</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>569.26</v>
       </c>
       <c r="P29" s="8">
-        <v>140.25</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>24.64</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>