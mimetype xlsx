--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1450,54 +1450,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.64</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1511,54 +1511,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.02</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.36</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>17.91</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1572,54 +1572,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>4.52</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1747,54 +1747,54 @@
       <c r="I8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>47.34</v>
       </c>
       <c r="Q8" s="4">
-        <v>44.55</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>94.11</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1808,54 +1808,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>23.55</v>
       </c>
       <c r="Q9" s="4">
-        <v>22.98</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.6</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2174,54 +2174,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P15" s="4">
         <v>30.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>30.29</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>97.9</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2235,54 +2235,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P16" s="4">
         <v>9.17</v>
       </c>
       <c r="Q16" s="4">
-        <v>9.17</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2296,54 +2296,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P17" s="4">
         <v>53.5</v>
       </c>
       <c r="Q17" s="4">
-        <v>49.79</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.06</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2357,54 +2357,54 @@
       <c r="I18" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P18" s="4">
         <v>10.75</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.66</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2418,54 +2418,54 @@
       <c r="I19" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P19" s="4">
         <v>10.74</v>
       </c>
       <c r="Q19" s="4">
-        <v>10.61</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.79</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -3218,54 +3218,54 @@
       <c r="I33" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P33" s="4">
         <v>86.3</v>
       </c>
       <c r="Q33" s="4">
-        <v>82.01</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>95.03</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>1</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3279,54 +3279,54 @@
       <c r="I34" s="13" t="s">
         <v>180</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>181</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P34" s="4">
         <v>44.84</v>
       </c>
       <c r="Q34" s="4">
-        <v>43.78</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>97.63</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>23</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3340,54 +3340,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="P35" s="4">
         <v>43.28</v>
       </c>
       <c r="Q35" s="4">
-        <v>41.87</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>96.73</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>26</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3401,54 +3401,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P36" s="4">
         <v>24.31</v>
       </c>
       <c r="Q36" s="4">
-        <v>23.41</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>96.28</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>1</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3462,54 +3462,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P37" s="4">
         <v>84.21</v>
       </c>
       <c r="Q37" s="4">
-        <v>82.96</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>98.51</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3523,54 +3523,54 @@
       <c r="I38" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P38" s="4">
         <v>25.55</v>
       </c>
       <c r="Q38" s="4">
-        <v>24.25</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>94.93</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>50</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3584,54 +3584,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P39" s="4">
         <v>13.1</v>
       </c>
       <c r="Q39" s="4">
-        <v>13.03</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>99.52</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3645,54 +3645,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>210</v>
       </c>
       <c r="P40" s="4">
         <v>0.96</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>1</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3706,54 +3706,54 @@
       <c r="I41" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>214</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>215</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>216</v>
       </c>
       <c r="P41" s="4">
         <v>21.16</v>
       </c>
       <c r="Q41" s="4">
-        <v>19.25</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>90.98</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>80</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3767,54 +3767,54 @@
       <c r="I42" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P42" s="4">
         <v>30.83</v>
       </c>
       <c r="Q42" s="4">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>90.82</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>70</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3828,54 +3828,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>223</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P43" s="4">
         <v>9.52</v>
       </c>
       <c r="Q43" s="4">
-        <v>6.85</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>71.96</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>71</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3889,54 +3889,54 @@
       <c r="I44" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>228</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>229</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="P44" s="4">
         <v>32.8</v>
       </c>
       <c r="Q44" s="4">
-        <v>30.9</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3950,54 +3950,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P45" s="4">
         <v>9.95</v>
       </c>
       <c r="Q45" s="4">
-        <v>9.84</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>98.86</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4011,54 +4011,54 @@
       <c r="I46" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>239</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P46" s="4">
         <v>90.09</v>
       </c>
       <c r="Q46" s="4">
-        <v>78.75</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>87.42</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>100</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4072,54 +4072,54 @@
       <c r="I47" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>242</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>243</v>
       </c>
       <c r="P47" s="4">
         <v>20.97</v>
       </c>
       <c r="Q47" s="4">
-        <v>12.98</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>61.89</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>95</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4251,54 +4251,54 @@
       <c r="I50" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>258</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>259</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P50" s="4">
         <v>200.61</v>
       </c>
       <c r="Q50" s="4">
-        <v>179.38</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>89.42</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>1</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4312,54 +4312,54 @@
       <c r="I51" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P51" s="4">
         <v>179.72</v>
       </c>
       <c r="Q51" s="4">
-        <v>175.16</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>97.46</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>74</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4373,54 +4373,54 @@
       <c r="I52" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>270</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P52" s="4">
         <v>185.37</v>
       </c>
       <c r="Q52" s="4">
-        <v>171.28</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>92.4</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>1</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4434,54 +4434,54 @@
       <c r="I53" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>272</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>273</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>274</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P53" s="4">
         <v>126.66</v>
       </c>
       <c r="Q53" s="4">
-        <v>122.94</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>97.06</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>85</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4495,88 +4495,88 @@
       <c r="I54" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>277</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>278</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>279</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>280</v>
       </c>
       <c r="P54" s="4">
         <v>38</v>
       </c>
       <c r="Q54" s="4">
-        <v>34.85</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>91.7</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>98</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="7" t="s">
         <v>281</v>
       </c>
       <c r="B55" s="7"/>
       <c r="C55" s="7"/>
       <c r="D55" s="7"/>
       <c r="E55" s="11"/>
       <c r="F55" s="7"/>
       <c r="G55" s="7"/>
       <c r="H55" s="14"/>
       <c r="I55" s="14"/>
       <c r="J55" s="14"/>
       <c r="K55" s="8"/>
       <c r="L55" s="8"/>
       <c r="M55" s="8"/>
       <c r="N55" s="8"/>
       <c r="O55" s="8">
         <v>1788.46</v>
       </c>
       <c r="P55" s="8">
-        <v>1370.01</v>
+        <v>0</v>
       </c>
       <c r="Q55" s="8">
-        <v>76.6</v>
+        <v>0</v>
       </c>
       <c r="R55" s="8"/>
       <c r="S55" s="8"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A55:N55"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>