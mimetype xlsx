--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1175,54 +1175,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>98.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>98.33</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1236,54 +1236,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>9.98</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.97</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1297,54 +1297,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>9.99</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.99</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1358,54 +1358,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="4">
         <v>99.41</v>
       </c>
       <c r="Q7" s="4">
-        <v>99.39</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1989,54 +1989,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P18" s="4">
         <v>84.2</v>
       </c>
       <c r="Q18" s="4">
-        <v>84.17</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2050,54 +2050,54 @@
       <c r="I19" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P19" s="4">
         <v>10.71</v>
       </c>
       <c r="Q19" s="4">
-        <v>10.66</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2111,54 +2111,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P20" s="4">
         <v>258.1</v>
       </c>
       <c r="Q20" s="4">
-        <v>249.64</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>96.72</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>1</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2172,54 +2172,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P21" s="4">
         <v>269.98</v>
       </c>
       <c r="Q21" s="4">
-        <v>264.22</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97.87</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>1</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2233,54 +2233,54 @@
       <c r="I22" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P22" s="4">
         <v>10.74</v>
       </c>
       <c r="Q22" s="4">
-        <v>10.69</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2636,54 +2636,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P29" s="4">
         <v>273.64</v>
       </c>
       <c r="Q29" s="4">
-        <v>253.8</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>92.75</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>92</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2697,54 +2697,54 @@
       <c r="I30" s="13" t="s">
         <v>142</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>143</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P30" s="4">
         <v>33.21</v>
       </c>
       <c r="Q30" s="4">
-        <v>28.99</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>87.29</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>70</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2758,54 +2758,54 @@
       <c r="I31" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P31" s="4">
         <v>23.4</v>
       </c>
       <c r="Q31" s="4">
-        <v>23.38</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2819,54 +2819,54 @@
       <c r="I32" s="13" t="s">
         <v>142</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>143</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P32" s="4">
         <v>250.09</v>
       </c>
       <c r="Q32" s="4">
-        <v>244.65</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>97.82</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>80</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2971,54 +2971,54 @@
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>169</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>1835.53</v>
       </c>
       <c r="P35" s="8">
-        <v>1387.88</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>75.61</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>