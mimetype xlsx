--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1389,54 +1389,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>9.76</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.76</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1735,54 +1735,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P11" s="4">
         <v>291.66</v>
       </c>
       <c r="Q11" s="4">
-        <v>279.56</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>95.85</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1796,54 +1796,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P12" s="4">
         <v>2.98</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1857,54 +1857,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>9.94</v>
       </c>
       <c r="Q13" s="4">
-        <v>9.37</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>94.27</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1918,54 +1918,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P14" s="4">
         <v>10.02</v>
       </c>
       <c r="Q14" s="4">
-        <v>7.14</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>71.27</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>1</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1979,54 +1979,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P15" s="4">
         <v>9.98</v>
       </c>
       <c r="Q15" s="4">
-        <v>9.41</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>94.3</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2040,54 +2040,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P16" s="4">
         <v>76.14</v>
       </c>
       <c r="Q16" s="4">
-        <v>45.07</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>59.19</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>1</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2101,54 +2101,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>260.39</v>
       </c>
       <c r="Q17" s="4">
-        <v>252.3</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.89</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>33</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2162,54 +2162,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P18" s="4">
         <v>178.67</v>
       </c>
       <c r="Q18" s="4">
-        <v>153.58</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>85.96</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2223,54 +2223,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P19" s="4">
         <v>11.68</v>
       </c>
       <c r="Q19" s="4">
-        <v>11.66</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>110</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2284,54 +2284,54 @@
       <c r="I20" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="4">
         <v>10.76</v>
       </c>
       <c r="Q20" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.63</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>70</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>110</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2345,54 +2345,54 @@
       <c r="I21" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="4">
         <v>1.73</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.73</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2406,54 +2406,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P22" s="4">
         <v>9.98</v>
       </c>
       <c r="Q22" s="4">
-        <v>9.98</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>110</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2467,54 +2467,54 @@
       <c r="I23" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="4">
         <v>1.73</v>
       </c>
       <c r="Q23" s="4">
-        <v>1.73</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3157,54 +3157,54 @@
       <c r="I35" s="13" t="s">
         <v>171</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>172</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P35" s="4">
         <v>19.18</v>
       </c>
       <c r="Q35" s="4">
-        <v>15.59</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>81.28</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>95</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3218,54 +3218,54 @@
       <c r="I36" s="13" t="s">
         <v>171</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>172</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P36" s="4">
         <v>43.42</v>
       </c>
       <c r="Q36" s="4">
-        <v>41.3</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>95.13</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3279,54 +3279,54 @@
       <c r="I37" s="13" t="s">
         <v>188</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>189</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>192</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P37" s="4">
         <v>47.2</v>
       </c>
       <c r="Q37" s="4">
-        <v>44.97</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>95.27</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>95</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>110</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3401,54 +3401,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P39" s="4">
         <v>19.28</v>
       </c>
       <c r="Q39" s="4">
-        <v>18.4</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>95.46</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3580,88 +3580,88 @@
       <c r="I42" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>215</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>216</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>217</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>219</v>
       </c>
       <c r="P42" s="4">
         <v>10.91</v>
       </c>
       <c r="Q42" s="4">
-        <v>10.3</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>94.43</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="7" t="s">
         <v>220</v>
       </c>
       <c r="B43" s="7"/>
       <c r="C43" s="7"/>
       <c r="D43" s="7"/>
       <c r="E43" s="11"/>
       <c r="F43" s="7"/>
       <c r="G43" s="7"/>
       <c r="H43" s="14"/>
       <c r="I43" s="14"/>
       <c r="J43" s="14"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8">
         <v>1419.28</v>
       </c>
       <c r="P43" s="8">
-        <v>935.54</v>
+        <v>0</v>
       </c>
       <c r="Q43" s="8">
-        <v>65.92</v>
+        <v>0</v>
       </c>
       <c r="R43" s="8"/>
       <c r="S43" s="8"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A43:N43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>