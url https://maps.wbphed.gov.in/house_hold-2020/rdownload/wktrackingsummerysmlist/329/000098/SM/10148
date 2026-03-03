--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1099,54 +1099,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>86.72</v>
       </c>
       <c r="Q3" s="4">
-        <v>82.68</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.34</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1221,54 +1221,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>7.54</v>
       </c>
       <c r="Q5" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>79.55</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1282,54 +1282,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>7.54</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.93</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>78.61</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1343,54 +1343,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>249.29</v>
       </c>
       <c r="Q7" s="4">
-        <v>240.81</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>96.6</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1404,54 +1404,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>4.99</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1526,54 +1526,54 @@
       <c r="I10" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>2.39</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2043,54 +2043,54 @@
       <c r="I19" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="4">
         <v>2.38</v>
       </c>
       <c r="Q19" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2226,54 +2226,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P22" s="4">
         <v>249.89</v>
       </c>
       <c r="Q22" s="4">
-        <v>235.25</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>94.14</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2287,54 +2287,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P23" s="4">
         <v>9.98</v>
       </c>
       <c r="Q23" s="4">
-        <v>9.55</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>95.71</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2944,54 +2944,54 @@
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>164</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>1137.76</v>
       </c>
       <c r="P35" s="8">
-        <v>589.97</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>51.85</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>