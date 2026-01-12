--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -317,131 +317,134 @@
   <si>
     <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer 4, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/000870/2022-2023</t>
   </si>
   <si>
     <t>680/NMD-II</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>26/04/2023</t>
   </si>
   <si>
     <t>RMD TRADING</t>
   </si>
   <si>
     <t>Name of Work: Execution of different works related to Aug. of SITAI PWSS under JAL JEEVAN MISSION PART N</t>
   </si>
   <si>
+    <t>ADDITIONAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION,ASSISTANT ENGINEER, HEAD QUARTER,COOCHBEHAR DIVISION</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, COOCH BEHAR DIVISION,JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION,JUNIOR ENGINEER, COOCHBEHAR DIVISION</t>
+  </si>
+  <si>
+    <t>ORD/000279/2023-2024</t>
+  </si>
+  <si>
+    <t>1047/CD</t>
+  </si>
+  <si>
+    <t>22/09/2023</t>
+  </si>
+  <si>
+    <t>21/11/2023</t>
+  </si>
+  <si>
+    <t>NORTH BENGAL CONSTRUCTION CO</t>
+  </si>
+  <si>
+    <t>Execution of different works related to Aug. of SITAI PWSS under JAL JEEVAN MISSION PART-Y</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, COOCH BEHAR DIVISION,JUNIOR ENGINEER, HEAD QUARTER, COOCH BEHAR DIVISION</t>
+  </si>
+  <si>
+    <t>ORD/000277/2023-2024</t>
+  </si>
+  <si>
+    <t>1045/CD</t>
+  </si>
+  <si>
+    <t>JAINCO TRADERS</t>
+  </si>
+  <si>
+    <t>Hiring of inspection vehicle for office of the Assistant Engineer , Coochbehar Mechanical Sub- Division, I.C.W JJM works under Northern Mechanical Division -II, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Cooch-Behar Mechanical Sub-Division,</t>
+  </si>
+  <si>
+    <t>Junior Engineer 3, Cooch-Behar Mechanical Sub-Division,</t>
+  </si>
+  <si>
+    <t>ORD/001968/2023-2024</t>
+  </si>
+  <si>
+    <t>1012/CMSD</t>
+  </si>
+  <si>
+    <t>31/10/2023</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>DIPAK SARKAR</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for Augumentation of Sitai water supply scheme, TW no. IV under Northern Mechanical Division-II, PHE Dte.APD</t>
+  </si>
+  <si>
+    <t>ORD/000675/2023-2024</t>
+  </si>
+  <si>
+    <t>2033/NMD-II</t>
+  </si>
+  <si>
+    <t>26/07/2023</t>
+  </si>
+  <si>
+    <t>25/08/2023</t>
+  </si>
+  <si>
+    <t>SUBHRANGSHU GUHARAJA</t>
+  </si>
+  <si>
+    <t>Name of Work: Execution of different works related Chamta &amp; other mouzas at Aug. of SITAI PWSS under JAL JEEVAN MISSION PART X</t>
+  </si>
+  <si>
     <t>JUNIOR ENGINEER, COOCH BEHAR DIVISION,JUNIOR ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
-    <t>ORD/000279/2023-2024</t>
-[...76 lines deleted...]
-  <si>
     <t>ORD/000276/2023-2024</t>
   </si>
   <si>
     <t>1043/CD</t>
   </si>
   <si>
     <t>MOTI INDUSTRIES</t>
   </si>
   <si>
     <t>RTOR000013/2024-2025</t>
   </si>
   <si>
     <t>1546/CD</t>
   </si>
   <si>
     <t>16/08/2024</t>
   </si>
   <si>
     <t>RTOR000002/2024-2025</t>
   </si>
   <si>
     <t>1538/CD</t>
   </si>
   <si>
     <t>ELECTRIC QUOTATION BILL FOR NEW SERVICE CONNECTION AT SITAI TW VI.</t>
@@ -528,53 +531,50 @@
     <t>LONGLAST PIPES (INDIA) PVT. LTD.</t>
   </si>
   <si>
     <t>Construction of 450 cum OHR Providing FHTC &amp; New UPVC Pipe line &amp; other allied works (PART ¿A) at SITAI ZONE ¿ I I PWSS under Cooch Behar Division, PHED</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION,JUNIOR ENGINEER, COOCHBEHAR DIVISION,JUNIOR ENGINEER, HEAD QUARTER, COOCH BEHAR DIVISION</t>
   </si>
   <si>
     <t>ORD/000420/2021-2022</t>
   </si>
   <si>
     <t>1518/CD</t>
   </si>
   <si>
     <t>15/03/2022</t>
   </si>
   <si>
     <t>29/09/2025</t>
   </si>
   <si>
     <t>S &amp; P ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of 450 cum OHR Providing FHTC &amp; New UPVC Pipe line &amp; other allied works (PART ¿A) at SITAI ZONE ¿ I PWSS under Cooch Behar Division, PHED</t>
-  </si>
-[...1 lines deleted...]
-    <t>JUNIOR ENGINEER, COOCH BEHAR DIVISION,JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION,JUNIOR ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
     <t>ORD/000559/2022-2023</t>
   </si>
   <si>
     <t>1282/CD</t>
   </si>
   <si>
     <t>02/12/2022</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
   <si>
     <t>PALLAB BHAWAL</t>
   </si>
   <si>
     <t>Providing FHTC 3rd Site Pump House Boundary Wall SSPost with soak pit Sinking 250mm X 200mm Big dia Tubewell &amp; New UPVC/DI/GI Pipe line and other allied works (PART ¿B) at SITAI ZONE ¿ I PWSS under Cooch Behar Division, PHED</t>
   </si>
   <si>
     <t>ORD/000558/2022-2023</t>
   </si>
   <si>
     <t>1281/CD</t>
   </si>
@@ -2050,127 +2050,127 @@
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>26</v>
+        <v>101</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>26.73</v>
       </c>
       <c r="Q18" s="4">
         <v>7.39</v>
       </c>
       <c r="R18" s="4">
         <v>27.66</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I19" s="13" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>43.08</v>
       </c>
       <c r="Q19" s="4">
         <v>23.94</v>
       </c>
       <c r="R19" s="4">
         <v>55.57</v>
       </c>
       <c r="S19" s="4">
         <v>54</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
@@ -2297,629 +2297,629 @@
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>127</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P22" s="4">
         <v>67.22</v>
       </c>
       <c r="Q22" s="4">
         <v>65.76</v>
       </c>
       <c r="R22" s="4">
         <v>97.82</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P23" s="4">
         <v>16.93</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="M24" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="L24" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N24" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P24" s="4">
         <v>64.06</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P25" s="4">
         <v>10.05</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P26" s="4">
         <v>55.7</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P27" s="4">
         <v>2.08</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P28" s="4">
         <v>7.67</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P29" s="4">
         <v>0.53</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M30" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P30" s="4">
         <v>2.09</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I31" s="13" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="J31" s="13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P31" s="4">
         <v>256.56</v>
       </c>
       <c r="Q31" s="4">
         <v>222.73</v>
       </c>
       <c r="R31" s="4">
         <v>86.81</v>
       </c>
       <c r="S31" s="4">
         <v>90</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
-        <v>172</v>
+        <v>102</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P32" s="4">
         <v>282.68</v>
       </c>
       <c r="Q32" s="4">
         <v>170.82</v>
       </c>
       <c r="R32" s="4">
         <v>60.43</v>
       </c>
@@ -2936,51 +2936,51 @@
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>178</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
-        <v>172</v>
+        <v>102</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P33" s="4">
         <v>220.47</v>
       </c>
       <c r="Q33" s="4">
         <v>169.72</v>
       </c>
       <c r="R33" s="4">
         <v>76.98</v>
       </c>