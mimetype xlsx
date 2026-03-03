--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1195,54 +1195,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>11.68</v>
       </c>
       <c r="Q3" s="4">
-        <v>11.56</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1256,54 +1256,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.15</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.15</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1374,54 +1374,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>71.26</v>
       </c>
       <c r="Q6" s="4">
-        <v>70.87</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1435,54 +1435,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>68.34</v>
       </c>
       <c r="Q7" s="4">
-        <v>36.46</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>53.35</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1952,54 +1952,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P16" s="4">
         <v>176.86</v>
       </c>
       <c r="Q16" s="4">
-        <v>148.79</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>84.12</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2013,54 +2013,54 @@
       <c r="I17" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>11.42</v>
       </c>
       <c r="Q17" s="4">
-        <v>10.74</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>94.02</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2074,54 +2074,54 @@
       <c r="I18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>26.73</v>
       </c>
       <c r="Q18" s="4">
-        <v>7.39</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>27.66</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2135,54 +2135,54 @@
       <c r="I19" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>43.08</v>
       </c>
       <c r="Q19" s="4">
-        <v>23.94</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>55.57</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>54</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2257,54 +2257,54 @@
       <c r="I21" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P21" s="4">
         <v>11.42</v>
       </c>
       <c r="Q21" s="4">
-        <v>11.28</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.83</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2318,54 +2318,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>128</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P22" s="4">
         <v>67.22</v>
       </c>
       <c r="Q22" s="4">
-        <v>65.76</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>97.82</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2835,54 +2835,54 @@
       <c r="I31" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>166</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P31" s="4">
         <v>256.56</v>
       </c>
       <c r="Q31" s="4">
-        <v>222.73</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>86.81</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>90</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2896,54 +2896,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P32" s="4">
         <v>282.68</v>
       </c>
       <c r="Q32" s="4">
-        <v>170.82</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>60.43</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>25</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2957,54 +2957,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P33" s="4">
         <v>220.47</v>
       </c>
       <c r="Q33" s="4">
-        <v>169.72</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>76.98</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>75</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3113,54 +3113,54 @@
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>196</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>1860.28</v>
       </c>
       <c r="P36" s="8">
-        <v>952.21</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>51.19</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>