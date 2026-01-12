--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -2178,51 +2178,51 @@
       <c r="K23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P23" s="4">
         <v>117.32</v>
       </c>
       <c r="Q23" s="4">
         <v>75.6</v>
       </c>
       <c r="R23" s="4">
         <v>64.44</v>
       </c>
       <c r="S23" s="4">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>