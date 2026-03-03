--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -996,54 +996,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>5.05</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.05</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1118,54 +1118,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>20.71</v>
       </c>
       <c r="Q5" s="4">
-        <v>20.71</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1179,54 +1179,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>20.74</v>
       </c>
       <c r="Q6" s="4">
-        <v>20.74</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1236,54 +1236,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P7" s="4">
         <v>5.06</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.03</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.23</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1297,54 +1297,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P8" s="4">
         <v>16.54</v>
       </c>
       <c r="Q8" s="4">
-        <v>16.19</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>97.92</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1643,54 +1643,54 @@
       <c r="I14" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>11.68</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.2</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>53.08</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>1</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1704,54 +1704,54 @@
       <c r="I15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P15" s="4">
         <v>4.87</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.87</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2111,54 +2111,54 @@
       <c r="I22" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P22" s="4">
         <v>10.71</v>
       </c>
       <c r="Q22" s="4">
-        <v>10.57</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>98.7</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2172,54 +2172,54 @@
       <c r="I23" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P23" s="4">
         <v>117.32</v>
       </c>
       <c r="Q23" s="4">
-        <v>75.6</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>64.44</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2267,54 +2267,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>714.65</v>
       </c>
       <c r="P25" s="8">
-        <v>164.96</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>23.08</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>