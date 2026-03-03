--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1015,54 +1015,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>7.31</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.2</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.45</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1137,54 +1137,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>5.04</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>95.55</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1320,54 +1320,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>23.84</v>
       </c>
       <c r="Q8" s="4">
-        <v>15.33</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>64.33</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1381,54 +1381,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P9" s="4">
         <v>12.81</v>
       </c>
       <c r="Q9" s="4">
-        <v>12.06</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>94.14</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1442,54 +1442,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P10" s="4">
         <v>4.56</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.56</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2016,54 +2016,54 @@
       <c r="I20" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P20" s="4">
         <v>10.63</v>
       </c>
       <c r="Q20" s="4">
-        <v>10.52</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>98.96</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2138,54 +2138,54 @@
       <c r="I22" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>126</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P22" s="4">
         <v>148.81</v>
       </c>
       <c r="Q22" s="4">
-        <v>133.42</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>89.66</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2199,88 +2199,88 @@
       <c r="I23" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>126</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="4">
         <v>148.26</v>
       </c>
       <c r="Q23" s="4">
-        <v>95.61</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>64.49</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>20295.82</v>
       </c>
       <c r="P24" s="8">
-        <v>283.52</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>