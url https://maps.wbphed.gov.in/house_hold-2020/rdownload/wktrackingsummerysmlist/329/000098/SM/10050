--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -884,105 +884,102 @@
   <si>
     <t>28/06/2025</t>
   </si>
   <si>
     <t>ALPHA ENTERPRISE</t>
   </si>
   <si>
     <t>EXECUTION OF DIFFERENT WORKS RELATED TO DIFFERENT PWSS UNDER JAL JEEVAN MISSION.</t>
   </si>
   <si>
     <t>ORD/000068/2025-2026</t>
   </si>
   <si>
     <t>753/CD</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>ANIMESH DHAR CHOUDHURY</t>
   </si>
   <si>
+    <t>ASSISTANT ENGINEER, MATHABHANGA SUB-DIVISION</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, MATHABHANGA SUB-DIVISION</t>
+  </si>
+  <si>
     <t>ORD/000078/2025-2026</t>
   </si>
   <si>
     <t>798/CD</t>
   </si>
   <si>
     <t>CHAKRABORTY ENTERPRISE</t>
   </si>
   <si>
     <t>ORD/000094/2025-2026</t>
   </si>
   <si>
     <t>735/CD</t>
   </si>
   <si>
     <t>GHOSH AND SAHA CONSTRUCTION</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER, COOCHBEHAR SADAR SUB-DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000067/2025-2026</t>
   </si>
   <si>
     <t>728/CD</t>
   </si>
   <si>
     <t>17/11/2025</t>
   </si>
   <si>
     <t>M/S B PAUL AND COMPANY</t>
   </si>
   <si>
-    <t>ORD/000282/2025-2026</t>
-[...2 lines deleted...]
-    <t>791/CD</t>
+    <t>ORD/000291/2025-2026</t>
+  </si>
+  <si>
+    <t>800/CD</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>21/08/2025</t>
-  </si>
-[...7 lines deleted...]
-    <t>800/CD</t>
   </si>
   <si>
     <t>MATARA CONSTRUCTION CO.</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for BOXIRHAT AREA PWSS,ZONE-I TW no III in the district of COOCHBEHAR under Northern Mechanical Division-II, PHE Dte ALIPURDUAR.</t>
   </si>
   <si>
     <t>Junior Engineer 1, Cooch-Behar Mechanical Sub-Division,,Junior Engineer 3, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/000718/2022-2023</t>
   </si>
   <si>
     <t>09/NMD-II</t>
   </si>
   <si>
     <t>02/01/2023</t>
   </si>
   <si>
     <t>30/11/2024</t>
   </si>
   <si>
     <t>GEETA CONSTRUCTION</t>
   </si>
@@ -1416,51 +1413,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W65"/>
+  <dimension ref="A1:W64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="71.8396" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -4849,476 +4846,423 @@
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="13" t="s">
         <v>284</v>
       </c>
-      <c r="I58" s="13"/>
-      <c r="J58" s="13"/>
+      <c r="I58" s="13" t="s">
+        <v>290</v>
+      </c>
+      <c r="J58" s="13" t="s">
+        <v>291</v>
+      </c>
       <c r="K58" s="4" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="L58" s="4" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>287</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>288</v>
       </c>
       <c r="O58" s="4" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="P58" s="4">
         <v>72.16</v>
       </c>
       <c r="Q58" s="4">
         <v>0</v>
       </c>
       <c r="R58" s="4">
         <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="13" t="s">
         <v>284</v>
       </c>
       <c r="I59" s="13"/>
       <c r="J59" s="13"/>
       <c r="K59" s="4" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="L59" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>287</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>288</v>
       </c>
       <c r="O59" s="4" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P59" s="4">
         <v>46.77</v>
       </c>
       <c r="Q59" s="4">
         <v>0</v>
       </c>
       <c r="R59" s="4">
         <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="13" t="s">
         <v>284</v>
       </c>
       <c r="I60" s="13" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="J60" s="13" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="K60" s="4" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="L60" s="4" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>287</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="O60" s="4" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P60" s="4">
         <v>59.95</v>
       </c>
       <c r="Q60" s="4">
         <v>0</v>
       </c>
       <c r="R60" s="4">
         <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>30</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="13" t="s">
         <v>284</v>
       </c>
       <c r="I61" s="13"/>
       <c r="J61" s="13"/>
       <c r="K61" s="4" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="L61" s="4" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M61" s="4" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="O61" s="4" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P61" s="4">
-        <v>61.52</v>
+        <v>34.83</v>
       </c>
       <c r="Q61" s="4">
         <v>0</v>
       </c>
       <c r="R61" s="4">
         <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="13" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-      <c r="J62" s="13"/>
+        <v>309</v>
+      </c>
+      <c r="I62" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="J62" s="13" t="s">
+        <v>310</v>
+      </c>
       <c r="K62" s="4" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="L62" s="4" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="M62" s="4" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="O62" s="4" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="P62" s="4">
-        <v>34.83</v>
+        <v>10.75</v>
       </c>
       <c r="Q62" s="4">
-        <v>0</v>
+        <v>10.28</v>
       </c>
       <c r="R62" s="4">
-        <v>0</v>
+        <v>95.62</v>
       </c>
       <c r="S62" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="13" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="I63" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J63" s="13" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="K63" s="4" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="L63" s="4" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="M63" s="4" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="O63" s="4" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="P63" s="4">
-        <v>10.75</v>
+        <v>10.74</v>
       </c>
       <c r="Q63" s="4">
-        <v>10.28</v>
+        <v>10.61</v>
       </c>
       <c r="R63" s="4">
-        <v>95.62</v>
+        <v>98.8</v>
       </c>
       <c r="S63" s="4">
         <v>100</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
-      <c r="A64" s="3">
-[...39 lines deleted...]
-      <c r="O64" s="4" t="s">
+      <c r="A64" s="7" t="s">
         <v>323</v>
       </c>
-      <c r="P64" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="B64" s="7"/>
+      <c r="C64" s="7"/>
+      <c r="D64" s="7"/>
+      <c r="E64" s="11"/>
+      <c r="F64" s="7"/>
+      <c r="G64" s="7"/>
+      <c r="H64" s="14"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="14"/>
+      <c r="K64" s="8"/>
+      <c r="L64" s="8"/>
+      <c r="M64" s="8"/>
+      <c r="N64" s="8"/>
+      <c r="O64" s="8">
+        <v>2008.91</v>
+      </c>
+      <c r="P64" s="8">
+        <v>1331.18</v>
+      </c>
+      <c r="Q64" s="8">
+        <v>66.26</v>
+      </c>
+      <c r="R64" s="8"/>
+      <c r="S64" s="8"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
-    <row r="65" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A65:N65"/>
+    <mergeCell ref="A64:N64"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>