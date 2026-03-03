--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1576,54 +1576,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>20.29</v>
       </c>
       <c r="Q3" s="4">
-        <v>19.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.61</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1637,54 +1637,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>2.46</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.46</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1698,54 +1698,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>2.02</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.18</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>8.81</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1759,54 +1759,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>4.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1820,54 +1820,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>21.4</v>
       </c>
       <c r="Q7" s="4">
-        <v>16.91</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>79.02</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1881,54 +1881,54 @@
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>0.4</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1942,54 +1942,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="4">
         <v>4.03</v>
       </c>
       <c r="Q9" s="4">
-        <v>3.96</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.1</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2396,54 +2396,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P17" s="4">
         <v>228.08</v>
       </c>
       <c r="Q17" s="4">
-        <v>228.08</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2457,54 +2457,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="4">
         <v>293.49</v>
       </c>
       <c r="Q18" s="4">
-        <v>293.43</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2518,54 +2518,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P19" s="4">
         <v>58.02</v>
       </c>
       <c r="Q19" s="4">
-        <v>53.12</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>91.56</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2640,54 +2640,54 @@
       <c r="I21" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P21" s="4">
         <v>0.29</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2701,54 +2701,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P22" s="4">
         <v>9.98</v>
       </c>
       <c r="Q22" s="4">
-        <v>9.98</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100.02</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2762,54 +2762,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
         <v>99.84</v>
       </c>
       <c r="Q23" s="4">
-        <v>98.57</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>98.72</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2884,54 +2884,54 @@
       <c r="I25" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P25" s="4">
         <v>2.55</v>
       </c>
       <c r="Q25" s="4">
-        <v>2.55</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2945,54 +2945,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P26" s="4">
         <v>12.17</v>
       </c>
       <c r="Q26" s="4">
-        <v>12.13</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>1</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -3006,54 +3006,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P27" s="4">
         <v>10.05</v>
       </c>
       <c r="Q27" s="4">
-        <v>9.91</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>98.59</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>1</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3067,54 +3067,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P28" s="4">
         <v>25.25</v>
       </c>
       <c r="Q28" s="4">
-        <v>25.03</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.16</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>99</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3128,54 +3128,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P29" s="4">
         <v>26.32</v>
       </c>
       <c r="Q29" s="4">
-        <v>14.96</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>56.83</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>1</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3189,54 +3189,54 @@
       <c r="I30" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P30" s="4">
         <v>0.97</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3250,54 +3250,54 @@
       <c r="I31" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P31" s="4">
         <v>0.97</v>
       </c>
       <c r="Q31" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3311,54 +3311,54 @@
       <c r="I32" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P32" s="4">
         <v>0.97</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3372,54 +3372,54 @@
       <c r="I33" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P33" s="4">
         <v>0.97</v>
       </c>
       <c r="Q33" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3433,54 +3433,54 @@
       <c r="I34" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P34" s="4">
         <v>0.97</v>
       </c>
       <c r="Q34" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3494,54 +3494,54 @@
       <c r="I35" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P35" s="4">
         <v>0.97</v>
       </c>
       <c r="Q35" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3555,54 +3555,54 @@
       <c r="I36" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P36" s="4">
         <v>0.97</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3616,54 +3616,54 @@
       <c r="I37" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P37" s="4">
         <v>0.97</v>
       </c>
       <c r="Q37" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3677,54 +3677,54 @@
       <c r="I38" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P38" s="4">
         <v>0.97</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3909,54 +3909,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>215</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>216</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P42" s="4">
         <v>321.62</v>
       </c>
       <c r="Q42" s="4">
-        <v>321.28</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>1</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3970,54 +3970,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>220</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P43" s="4">
         <v>42.64</v>
       </c>
       <c r="Q43" s="4">
-        <v>25.97</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>60.89</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>70</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4088,54 +4088,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>233</v>
       </c>
       <c r="P45" s="4">
         <v>46.65</v>
       </c>
       <c r="Q45" s="4">
-        <v>32.34</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>69.32</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>99</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4149,54 +4149,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>235</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>236</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>237</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P46" s="4">
         <v>8.62</v>
       </c>
       <c r="Q46" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>54.24</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>90</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4210,54 +4210,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>241</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>242</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P47" s="4">
         <v>15.07</v>
       </c>
       <c r="Q47" s="4">
-        <v>14.15</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>93.93</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>95</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4328,54 +4328,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>248</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P49" s="4">
         <v>45.38</v>
       </c>
       <c r="Q49" s="4">
-        <v>26.99</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>59.46</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>75</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4389,54 +4389,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>254</v>
       </c>
       <c r="P50" s="4">
         <v>45.38</v>
       </c>
       <c r="Q50" s="4">
-        <v>32.6</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>71.84</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>99</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4450,54 +4450,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>256</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>257</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>259</v>
       </c>
       <c r="P51" s="4">
         <v>46.65</v>
       </c>
       <c r="Q51" s="4">
-        <v>26.14</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>56.03</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>90</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4511,54 +4511,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>220</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>262</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>263</v>
       </c>
       <c r="P52" s="4">
         <v>42.64</v>
       </c>
       <c r="Q52" s="4">
-        <v>18.37</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>43.07</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>60</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4633,54 +4633,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>270</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>271</v>
       </c>
       <c r="P54" s="4">
         <v>15.55</v>
       </c>
       <c r="Q54" s="4">
-        <v>2.51</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>16.13</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>70</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -5107,54 +5107,54 @@
       <c r="I62" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>311</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>312</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>313</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>314</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>315</v>
       </c>
       <c r="P62" s="4">
         <v>10.75</v>
       </c>
       <c r="Q62" s="4">
-        <v>10.28</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>95.62</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>100</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5168,88 +5168,88 @@
       <c r="I63" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>317</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>318</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>319</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>320</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>321</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>322</v>
       </c>
       <c r="P63" s="4">
         <v>10.74</v>
       </c>
       <c r="Q63" s="4">
-        <v>10.61</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>98.8</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>100</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="7" t="s">
         <v>323</v>
       </c>
       <c r="B64" s="7"/>
       <c r="C64" s="7"/>
       <c r="D64" s="7"/>
       <c r="E64" s="11"/>
       <c r="F64" s="7"/>
       <c r="G64" s="7"/>
       <c r="H64" s="14"/>
       <c r="I64" s="14"/>
       <c r="J64" s="14"/>
       <c r="K64" s="8"/>
       <c r="L64" s="8"/>
       <c r="M64" s="8"/>
       <c r="N64" s="8"/>
       <c r="O64" s="8">
         <v>2008.91</v>
       </c>
       <c r="P64" s="8">
-        <v>1331.18</v>
+        <v>0</v>
       </c>
       <c r="Q64" s="8">
-        <v>66.26</v>
+        <v>0</v>
       </c>
       <c r="R64" s="8"/>
       <c r="S64" s="8"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A64:N64"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>