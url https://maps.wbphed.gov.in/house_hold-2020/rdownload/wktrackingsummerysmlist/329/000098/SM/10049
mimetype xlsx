--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1564,54 +1564,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1625,54 +1625,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.51</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>75.4</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1747,54 +1747,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>9.66</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.4</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>66.22</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1808,54 +1808,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>9.57</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.57</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1869,54 +1869,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>4.69</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.84</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>60.45</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1930,54 +1930,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="4">
         <v>2.23</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1991,54 +1991,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P10" s="4">
         <v>4.23</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2506,54 +2506,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P19" s="4">
         <v>71.63</v>
       </c>
       <c r="Q19" s="4">
-        <v>70.61</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.57</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>27</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2567,54 +2567,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P20" s="4">
         <v>31.15</v>
       </c>
       <c r="Q20" s="4">
-        <v>29.68</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>95.27</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>1</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2628,54 +2628,54 @@
       <c r="I21" s="13" t="s">
         <v>111</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>112</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P21" s="4">
         <v>42.21</v>
       </c>
       <c r="Q21" s="4">
-        <v>41.31</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97.87</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2750,54 +2750,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P23" s="4">
         <v>12.46</v>
       </c>
       <c r="Q23" s="4">
-        <v>12.36</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.24</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>99</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3177,54 +3177,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P30" s="4">
         <v>9.57</v>
       </c>
       <c r="Q30" s="4">
-        <v>9.57</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3238,54 +3238,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P31" s="4">
         <v>75.14</v>
       </c>
       <c r="Q31" s="4">
-        <v>8.89</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>11.84</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3299,54 +3299,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="P32" s="4">
         <v>0.98</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3421,54 +3421,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="P34" s="4">
         <v>10.82</v>
       </c>
       <c r="Q34" s="4">
-        <v>6.79</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>62.73</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>63</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3482,54 +3482,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P35" s="4">
         <v>42.44</v>
       </c>
       <c r="Q35" s="4">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>89.54</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>30</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3543,54 +3543,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P36" s="4">
         <v>22.62</v>
       </c>
       <c r="Q36" s="4">
-        <v>21.27</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>94.05</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>1</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3604,54 +3604,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>201</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>202</v>
       </c>
       <c r="P37" s="4">
         <v>42.8</v>
       </c>
       <c r="Q37" s="4">
-        <v>42.42</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.09</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>1</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -4068,54 +4068,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P45" s="4">
         <v>85.75</v>
       </c>
       <c r="Q45" s="4">
-        <v>59.86</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>69.81</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>74</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4129,54 +4129,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>239</v>
       </c>
       <c r="P46" s="4">
         <v>14.83</v>
       </c>
       <c r="Q46" s="4">
-        <v>11.49</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>77.46</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>1</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4190,54 +4190,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>242</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>243</v>
       </c>
       <c r="P47" s="4">
         <v>2.81</v>
       </c>
       <c r="Q47" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>85.53</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>1</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4251,54 +4251,54 @@
       <c r="I48" s="13" t="s">
         <v>245</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>246</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>248</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>250</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>251</v>
       </c>
       <c r="P48" s="4">
         <v>11.4</v>
       </c>
       <c r="Q48" s="4">
-        <v>11.3</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4312,54 +4312,54 @@
       <c r="I49" s="13" t="s">
         <v>245</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>246</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>253</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>254</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>256</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P49" s="4">
         <v>11.43</v>
       </c>
       <c r="Q49" s="4">
-        <v>11.31</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>98.97</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4373,54 +4373,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>261</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>262</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>239</v>
       </c>
       <c r="P50" s="4">
         <v>29.64</v>
       </c>
       <c r="Q50" s="4">
-        <v>28.21</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>95.18</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>96</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4491,54 +4491,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>269</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>270</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>271</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P52" s="4">
         <v>138.74</v>
       </c>
       <c r="Q52" s="4">
-        <v>114.74</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>82.7</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>1</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4552,54 +4552,54 @@
       <c r="I53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>273</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>274</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>275</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>186</v>
       </c>
       <c r="P53" s="4">
         <v>159.86</v>
       </c>
       <c r="Q53" s="4">
-        <v>137.87</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>86.25</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>100</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4613,54 +4613,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>277</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>278</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>279</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>280</v>
       </c>
       <c r="P54" s="4">
         <v>4.83</v>
       </c>
       <c r="Q54" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>87.54</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>100</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4674,54 +4674,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>284</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>186</v>
       </c>
       <c r="P55" s="4">
         <v>35.45</v>
       </c>
       <c r="Q55" s="4">
-        <v>23.12</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>65.22</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>87</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4735,54 +4735,54 @@
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>286</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>287</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>261</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>288</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>289</v>
       </c>
       <c r="P56" s="4">
         <v>29.64</v>
       </c>
       <c r="Q56" s="4">
-        <v>18.31</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>61.76</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4796,54 +4796,54 @@
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>291</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>292</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>261</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>293</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>294</v>
       </c>
       <c r="P57" s="4">
         <v>25.11</v>
       </c>
       <c r="Q57" s="4">
-        <v>10.47</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>41.68</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>100</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -4857,54 +4857,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>296</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>297</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>298</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>299</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P58" s="4">
         <v>39.17</v>
       </c>
       <c r="Q58" s="4">
-        <v>17.23</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>43.99</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>100</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -4918,54 +4918,54 @@
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>301</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>302</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>303</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P59" s="4">
         <v>39.06</v>
       </c>
       <c r="Q59" s="4">
-        <v>28.47</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>72.88</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>100</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -4979,54 +4979,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>183</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>305</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>306</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>307</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>308</v>
       </c>
       <c r="P60" s="4">
         <v>67.98</v>
       </c>
       <c r="Q60" s="4">
-        <v>47.65</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>70.09</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>100</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5040,54 +5040,54 @@
       <c r="I61" s="13" t="s">
         <v>245</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>246</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>310</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>311</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P61" s="4">
         <v>11.43</v>
       </c>
       <c r="Q61" s="4">
-        <v>11.3</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>98.89</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>100</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>208</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5101,88 +5101,88 @@
       <c r="I62" s="13" t="s">
         <v>245</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>246</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>315</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>316</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>317</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>318</v>
       </c>
       <c r="P62" s="4">
         <v>11.42</v>
       </c>
       <c r="Q62" s="4">
-        <v>10.91</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>95.52</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>100</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="7" t="s">
         <v>319</v>
       </c>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="11"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
       <c r="H63" s="14"/>
       <c r="I63" s="14"/>
       <c r="J63" s="14"/>
       <c r="K63" s="8"/>
       <c r="L63" s="8"/>
       <c r="M63" s="8"/>
       <c r="N63" s="8"/>
       <c r="O63" s="8">
         <v>1265.67</v>
       </c>
       <c r="P63" s="8">
-        <v>864.49</v>
+        <v>0</v>
       </c>
       <c r="Q63" s="8">
-        <v>68.3</v>
+        <v>0</v>
       </c>
       <c r="R63" s="8"/>
       <c r="S63" s="8"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A63:N63"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>