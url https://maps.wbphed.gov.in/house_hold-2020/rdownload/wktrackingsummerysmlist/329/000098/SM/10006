--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1063,54 +1063,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>166.46</v>
       </c>
       <c r="Q3" s="4">
-        <v>164.76</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1124,54 +1124,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>238.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>225.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>94.69</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1185,54 +1185,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>49.62</v>
       </c>
       <c r="Q5" s="4">
-        <v>48.9</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.57</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1246,54 +1246,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="4">
         <v>10.03</v>
       </c>
       <c r="Q6" s="4">
-        <v>10.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1706,54 +1706,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>158.3</v>
       </c>
       <c r="Q14" s="4">
-        <v>9.5</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>1</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1767,54 +1767,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P15" s="4">
         <v>183.87</v>
       </c>
       <c r="Q15" s="4">
-        <v>174.49</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>94.9</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1828,54 +1828,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P16" s="4">
         <v>45.1</v>
       </c>
       <c r="Q16" s="4">
-        <v>43.37</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>96.16</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>1</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1889,54 +1889,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P17" s="4">
         <v>97.76</v>
       </c>
       <c r="Q17" s="4">
-        <v>96.32</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.53</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1950,54 +1950,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P18" s="4">
         <v>79.04</v>
       </c>
       <c r="Q18" s="4">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2011,54 +2011,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="4">
         <v>35.69</v>
       </c>
       <c r="Q19" s="4">
-        <v>34.98</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>99</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2133,54 +2133,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P21" s="4">
         <v>2.98</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>1</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2194,54 +2194,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P22" s="4">
         <v>2.98</v>
       </c>
       <c r="Q22" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2255,54 +2255,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P23" s="4">
         <v>10</v>
       </c>
       <c r="Q23" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2430,54 +2430,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P26" s="4">
         <v>237.48</v>
       </c>
       <c r="Q26" s="4">
-        <v>232.46</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>97.89</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>15</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2491,54 +2491,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P27" s="4">
         <v>2.98</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>1</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2609,88 +2609,88 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>147</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P29" s="4">
         <v>29.37</v>
       </c>
       <c r="Q29" s="4">
-        <v>16.13</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>54.93</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>152</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>1719.45</v>
       </c>
       <c r="P30" s="8">
-        <v>1154.84</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>67.16</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>