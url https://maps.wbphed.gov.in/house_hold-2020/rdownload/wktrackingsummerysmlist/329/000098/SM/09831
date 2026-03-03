--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -964,54 +964,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>156</v>
       </c>
       <c r="Q3" s="4">
-        <v>149.43</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.79</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2108,54 +2108,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P23" s="4">
         <v>159.16</v>
       </c>
       <c r="Q23" s="4">
-        <v>145.09</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>91.16</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>87</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2264,54 +2264,54 @@
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>119</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>1010.93</v>
       </c>
       <c r="P26" s="8">
-        <v>294.52</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>29.13</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>