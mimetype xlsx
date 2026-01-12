--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -446,171 +446,171 @@
   <si>
     <t>721/CD</t>
   </si>
   <si>
     <t>27/08/2022</t>
   </si>
   <si>
     <t>11/10/2022</t>
   </si>
   <si>
     <t>DAS ENTERPRISE</t>
   </si>
   <si>
     <t>Name of Work: Execution of different works related to KAMINIRGHAT PWSS under JAL JEEVAN MISSION PART A</t>
   </si>
   <si>
     <t>ORD/000267/2023-2024</t>
   </si>
   <si>
     <t>1036/CD</t>
   </si>
   <si>
     <t>KRISHCHAK TRADING PRIVATE LIMITED</t>
   </si>
   <si>
+    <t>Estimate for land registration &amp; other allied works of different new PWSS under Cooch Behar Division, PHE Dte. (Part-A) under JJM.</t>
+  </si>
+  <si>
+    <t>ORD/000870/2022-2023</t>
+  </si>
+  <si>
+    <t>1343/CD</t>
+  </si>
+  <si>
+    <t>SWAPAN KR.SARKAR</t>
+  </si>
+  <si>
+    <t>ORD/000397/2023-2024</t>
+  </si>
+  <si>
+    <t>1369/CD</t>
+  </si>
+  <si>
+    <t>05/12/2023</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER, COOCH BEHAR SADAR SUB-DIVISION,JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
+  </si>
+  <si>
+    <t>ORD/000347/2023-2024</t>
+  </si>
+  <si>
+    <t>1331/CD</t>
+  </si>
+  <si>
+    <t>24/11/2023</t>
+  </si>
+  <si>
+    <t>23/01/2024</t>
+  </si>
+  <si>
+    <t>EXECUTION OF DIFFERENT WORK at SHALBARI ZONE-I PWSS</t>
+  </si>
+  <si>
+    <t>BILL/02039/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-998</t>
+  </si>
+  <si>
+    <t>03/02/2024</t>
+  </si>
+  <si>
+    <t>M/S B PAUL AND COMPANY</t>
+  </si>
+  <si>
+    <t>SERVICE CONNECTION CHARGES AT KAMINIR GHAT PH-III</t>
+  </si>
+  <si>
+    <t>BILL/00171/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-38/24-25</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>BILL/00172/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-37/24-25</t>
+  </si>
+  <si>
+    <t>CHARGES FOR SHIFTING OF POLE FOR KAMINIRGHAT PWSS</t>
+  </si>
+  <si>
+    <t>BILL/02744/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-606</t>
+  </si>
+  <si>
+    <t>16/02/2024</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for Augumentaion of KAMINIRGHAT water supply scheme, TW no III under Northern Mechanical Division-II, PHE Dte.Alipurduar.</t>
+  </si>
+  <si>
+    <t>ORD/001072/2023-2024</t>
+  </si>
+  <si>
+    <t>2760/NMD-II</t>
+  </si>
+  <si>
+    <t>04/10/2023</t>
+  </si>
+  <si>
+    <t>03/11/2023</t>
+  </si>
+  <si>
+    <t>M/S CHANDRANATH MUKHERJEE</t>
+  </si>
+  <si>
     <t>Execution of different works with in CHANDAN CHOWRA &amp; KAMINIRGHAT area related to KAMINIRGHAT PWSS under JAL JEEVAN MISSION PART B</t>
   </si>
   <si>
     <t>CONTRACTUAL ASSISTANT ENGINEER, COOCHBEHAR DIVISION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, RWS COOCH BEHAR SUB-DIVISION</t>
   </si>
   <si>
     <t>ORD/000077/2024-2025</t>
   </si>
   <si>
     <t>1712/CD</t>
   </si>
   <si>
     <t>25/09/2024</t>
   </si>
   <si>
-    <t>24/12/2024</t>
-[...101 lines deleted...]
-    <t>M/S CHANDRANATH MUKHERJEE</t>
+    <t>21/12/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2517,553 +2517,553 @@
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>144</v>
       </c>
       <c r="I26" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K26" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="J26" s="13" t="s">
+      <c r="L26" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="K26" s="4" t="s">
+      <c r="M26" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="N26" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O26" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="L26" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P26" s="4">
-        <v>23.43</v>
+        <v>0.92</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>151</v>
+        <v>74</v>
       </c>
       <c r="I27" s="13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>77</v>
+        <v>151</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="P27" s="4">
-        <v>0.92</v>
+        <v>28.84</v>
       </c>
       <c r="Q27" s="4">
-        <v>0</v>
+        <v>22.54</v>
       </c>
       <c r="R27" s="4">
-        <v>0</v>
+        <v>78.14</v>
       </c>
       <c r="S27" s="4">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
         <v>74</v>
       </c>
       <c r="I28" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J28" s="13" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="K28" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
-      <c r="L28" s="4" t="s">
+      <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
-      <c r="M28" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O28" s="4" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="P28" s="4">
-        <v>28.84</v>
+        <v>3.32</v>
       </c>
       <c r="Q28" s="4">
-        <v>22.54</v>
+        <v>3.3</v>
       </c>
       <c r="R28" s="4">
-        <v>78.14</v>
+        <v>99.29</v>
       </c>
       <c r="S28" s="4">
-        <v>79</v>
+        <v>30</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="J29" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="I29" s="13"/>
+      <c r="J29" s="13"/>
+      <c r="K29" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="K29" s="4" t="s">
+      <c r="M29" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="L29" s="4" t="s">
+      <c r="N29" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="O29" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="M29" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P29" s="4">
-        <v>3.32</v>
+        <v>55.7</v>
       </c>
       <c r="Q29" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.29</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="M30" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="L30" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N30" s="4" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="P30" s="4">
-        <v>55.7</v>
+        <v>5.3</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P31" s="4">
-        <v>5.3</v>
+        <v>0.92</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P32" s="4">
-        <v>0.92</v>
+        <v>0.82</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="I33" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="J33" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="M33" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="I33" s="13"/>
-[...1 lines deleted...]
-      <c r="K33" s="4" t="s">
+      <c r="N33" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="L33" s="4" t="s">
+      <c r="O33" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="M33" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P33" s="4">
-        <v>0.82</v>
+        <v>11.03</v>
       </c>
       <c r="Q33" s="4">
-        <v>0</v>
+        <v>6.29</v>
       </c>
       <c r="R33" s="4">
-        <v>0</v>
+        <v>57.01</v>
       </c>
       <c r="S33" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="I34" s="13" t="s">
         <v>179</v>
       </c>
-      <c r="I34" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" s="13" t="s">
-        <v>105</v>
+        <v>180</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>184</v>
+        <v>102</v>
       </c>
       <c r="P34" s="4">
-        <v>11.03</v>
+        <v>23.43</v>
       </c>
       <c r="Q34" s="4">
-        <v>6.29</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>57.01</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>185</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>768.3</v>