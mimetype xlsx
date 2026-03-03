--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1162,54 +1162,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>66</v>
       </c>
       <c r="Q3" s="4">
-        <v>59.35</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>89.92</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1223,54 +1223,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>4.46</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.46</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1341,54 +1341,54 @@
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>22.07</v>
       </c>
       <c r="Q6" s="4">
-        <v>21.43</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>97.09</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>98</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1402,54 +1402,54 @@
       <c r="I7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P7" s="4">
         <v>42.1</v>
       </c>
       <c r="Q7" s="4">
-        <v>42.08</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1463,54 +1463,54 @@
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P8" s="4">
         <v>41.02</v>
       </c>
       <c r="Q8" s="4">
-        <v>41.02</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1524,54 +1524,54 @@
       <c r="I9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>24.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>24.78</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1585,54 +1585,54 @@
       <c r="I10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P10" s="4">
         <v>58.91</v>
       </c>
       <c r="Q10" s="4">
-        <v>58.34</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.03</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1646,54 +1646,54 @@
       <c r="I11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P11" s="4">
         <v>26.77</v>
       </c>
       <c r="Q11" s="4">
-        <v>26.64</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.52</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1707,54 +1707,54 @@
       <c r="I12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P12" s="4">
         <v>41.04</v>
       </c>
       <c r="Q12" s="4">
-        <v>40.97</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.83</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1768,54 +1768,54 @@
       <c r="I13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P13" s="4">
         <v>9.98</v>
       </c>
       <c r="Q13" s="4">
-        <v>9.07</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>90.91</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1886,54 +1886,54 @@
       <c r="I15" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P15" s="4">
         <v>26.08</v>
       </c>
       <c r="Q15" s="4">
-        <v>25.82</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>99</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1947,54 +1947,54 @@
       <c r="I16" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P16" s="4">
         <v>0.98</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2069,54 +2069,54 @@
       <c r="I18" s="13" t="s">
         <v>104</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>105</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="4">
         <v>5.57</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.43</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.57</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2358,54 +2358,54 @@
       <c r="I23" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="4">
         <v>170.19</v>
       </c>
       <c r="Q23" s="4">
-        <v>165.55</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>97.27</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>90</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2419,54 +2419,54 @@
       <c r="I24" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P24" s="4">
         <v>21.86</v>
       </c>
       <c r="Q24" s="4">
-        <v>21.86</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>97</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2480,54 +2480,54 @@
       <c r="I25" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>16.58</v>
       </c>
       <c r="Q25" s="4">
-        <v>16.58</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2602,54 +2602,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P27" s="4">
         <v>28.84</v>
       </c>
       <c r="Q27" s="4">
-        <v>22.54</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>78.14</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>79</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2663,54 +2663,54 @@
       <c r="I28" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>152</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P28" s="4">
         <v>3.32</v>
       </c>
       <c r="Q28" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.29</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>30</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2952,54 +2952,54 @@
       <c r="I33" s="13" t="s">
         <v>104</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>105</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P33" s="4">
         <v>11.03</v>
       </c>
       <c r="Q33" s="4">
-        <v>6.29</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>57.01</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>60</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3047,54 +3047,54 @@
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>185</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>768.3</v>
       </c>
       <c r="P35" s="8">
-        <v>596.51</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>77.64</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>