--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1414,54 +1414,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>10.7</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.96</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>93.08</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1475,54 +1475,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.99</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1536,54 +1536,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>4.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1597,54 +1597,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>4.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1658,54 +1658,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>4.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1719,54 +1719,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>4.99</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1780,54 +1780,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>5</v>
       </c>
       <c r="Q9" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1841,54 +1841,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P10" s="4">
         <v>8.17</v>
       </c>
       <c r="Q10" s="4">
-        <v>8.17</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1902,54 +1902,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>16.57</v>
       </c>
       <c r="Q11" s="4">
-        <v>16.54</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2362,54 +2362,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P19" s="4">
         <v>263.53</v>
       </c>
       <c r="Q19" s="4">
-        <v>255.53</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>96.96</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2423,54 +2423,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P20" s="4">
         <v>29.56</v>
       </c>
       <c r="Q20" s="4">
-        <v>28.45</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>96.24</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2484,54 +2484,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P21" s="4">
         <v>7.08</v>
       </c>
       <c r="Q21" s="4">
-        <v>7.08</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>1</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2545,54 +2545,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P22" s="4">
         <v>31.42</v>
       </c>
       <c r="Q22" s="4">
-        <v>24.1</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>76.72</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2606,54 +2606,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P23" s="4">
         <v>7.46</v>
       </c>
       <c r="Q23" s="4">
-        <v>7.46</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2728,54 +2728,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="4">
         <v>6.9</v>
       </c>
       <c r="Q25" s="4">
-        <v>6.9</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3094,54 +3094,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P31" s="4">
         <v>9.8</v>
       </c>
       <c r="Q31" s="4">
-        <v>9.8</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3896,54 +3896,54 @@
       <c r="I45" s="13" t="s">
         <v>217</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>218</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>221</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>222</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>223</v>
       </c>
       <c r="P45" s="4">
         <v>10.86</v>
       </c>
       <c r="Q45" s="4">
-        <v>8.96</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>82.46</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>60</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4018,54 +4018,54 @@
       <c r="I47" s="13" t="s">
         <v>217</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>218</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>231</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>232</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P47" s="4">
         <v>10.92</v>
       </c>
       <c r="Q47" s="4">
-        <v>10.86</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4402,54 +4402,54 @@
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="7" t="s">
         <v>269</v>
       </c>
       <c r="B54" s="7"/>
       <c r="C54" s="7"/>
       <c r="D54" s="7"/>
       <c r="E54" s="11"/>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="14"/>
       <c r="I54" s="14"/>
       <c r="J54" s="14"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8">
         <v>716.11</v>
       </c>
       <c r="P54" s="8">
-        <v>423.7</v>
+        <v>0</v>
       </c>
       <c r="Q54" s="8">
-        <v>59.17</v>
+        <v>0</v>
       </c>
       <c r="R54" s="8"/>
       <c r="S54" s="8"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A54:N54"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>