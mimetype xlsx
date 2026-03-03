--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1072,54 +1072,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>72.53</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1593,54 +1593,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>3.58</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>96.2</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1654,54 +1654,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>3.88</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.77</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.17</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1715,54 +1715,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>1.77</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.63</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>92.2</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>1</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2173,54 +2173,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P22" s="4">
         <v>253.04</v>
       </c>
       <c r="Q22" s="4">
-        <v>247.97</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>97.99</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>98</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2234,54 +2234,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>263.46</v>
       </c>
       <c r="Q23" s="4">
-        <v>25.73</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>9.76</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2295,54 +2295,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P24" s="4">
         <v>91.14</v>
       </c>
       <c r="Q24" s="4">
-        <v>88.74</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>97.37</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2356,54 +2356,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P25" s="4">
         <v>2.98</v>
       </c>
       <c r="Q25" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2417,54 +2417,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P26" s="4">
         <v>3.29</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.02</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>91.66</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>1</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2478,54 +2478,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P27" s="4">
         <v>9.98</v>
       </c>
       <c r="Q27" s="4">
-        <v>9.92</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>99</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2539,54 +2539,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P28" s="4">
         <v>10.02</v>
       </c>
       <c r="Q28" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>90.91</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2600,54 +2600,54 @@
       <c r="I29" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>143</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P29" s="4">
         <v>18.6</v>
       </c>
       <c r="Q29" s="4">
-        <v>18.37</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>98.76</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2661,88 +2661,88 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P30" s="4">
         <v>97.91</v>
       </c>
       <c r="Q30" s="4">
-        <v>59.13</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>60.39</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>90</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>1016.72</v>
       </c>
       <c r="P31" s="8">
-        <v>475.96</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>46.81</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>