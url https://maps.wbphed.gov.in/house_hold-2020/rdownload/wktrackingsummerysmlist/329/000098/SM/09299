--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1330,54 +1330,54 @@
       <c r="I8" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P8" s="4">
         <v>106.49</v>
       </c>
       <c r="Q8" s="4">
-        <v>13.55</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>12.72</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1391,54 +1391,54 @@
       <c r="I9" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>1.22</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.22</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1965,54 +1965,54 @@
       <c r="I19" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P19" s="4">
         <v>3.24</v>
       </c>
       <c r="Q19" s="4">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2026,54 +2026,54 @@
       <c r="I20" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P20" s="4">
         <v>129.84</v>
       </c>
       <c r="Q20" s="4">
-        <v>88.33</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>68.03</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>95</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2087,54 +2087,54 @@
       <c r="I21" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P21" s="4">
         <v>30.95</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.61</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>1.96</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2148,54 +2148,54 @@
       <c r="I22" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P22" s="4">
         <v>29.14</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>1.86</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2209,54 +2209,54 @@
       <c r="I23" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>2.95</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2270,54 +2270,54 @@
       <c r="I24" s="13" t="s">
         <v>126</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P24" s="4">
         <v>8.55</v>
       </c>
       <c r="Q24" s="4">
-        <v>8.49</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.21</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2390,88 +2390,88 @@
       <c r="I26" s="13" t="s">
         <v>140</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P26" s="4">
         <v>26.91</v>
       </c>
       <c r="Q26" s="4">
-        <v>21.53</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>80.02</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>1</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>146</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>611.78</v>
       </c>
       <c r="P27" s="8">
-        <v>140.45</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>22.96</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>