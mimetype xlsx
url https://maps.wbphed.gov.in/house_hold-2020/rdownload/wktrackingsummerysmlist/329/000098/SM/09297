--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -2107,54 +2107,54 @@
       <c r="I19" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P19" s="4">
         <v>0.95</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2455,54 +2455,54 @@
       <c r="I25" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P25" s="4">
         <v>11.84</v>
       </c>
       <c r="Q25" s="4">
-        <v>11.48</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>96.96</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>1</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2516,54 +2516,54 @@
       <c r="I26" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P26" s="4">
         <v>32.77</v>
       </c>
       <c r="Q26" s="4">
-        <v>27.73</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>84.63</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>1</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2577,54 +2577,54 @@
       <c r="I27" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P27" s="4">
         <v>2.98</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>93.41</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>1</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2699,54 +2699,54 @@
       <c r="I29" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P29" s="4">
         <v>9.92</v>
       </c>
       <c r="Q29" s="4">
-        <v>9.86</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.33</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>95</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2760,54 +2760,54 @@
       <c r="I30" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P30" s="4">
         <v>12.75</v>
       </c>
       <c r="Q30" s="4">
-        <v>10.65</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>83.52</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>84</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2821,54 +2821,54 @@
       <c r="I31" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P31" s="4">
         <v>7.38</v>
       </c>
       <c r="Q31" s="4">
-        <v>7.4</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>100.2</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2882,54 +2882,54 @@
       <c r="I32" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P32" s="4">
         <v>35.01</v>
       </c>
       <c r="Q32" s="4">
-        <v>33.07</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>94.46</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>49</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3000,54 +3000,54 @@
       <c r="I34" s="13" t="s">
         <v>161</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>162</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>165</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>166</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>167</v>
       </c>
       <c r="P34" s="4">
         <v>10.51</v>
       </c>
       <c r="Q34" s="4">
-        <v>9.72</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>92.42</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>80</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3297,88 +3297,88 @@
       <c r="I39" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P39" s="4">
         <v>226.84</v>
       </c>
       <c r="Q39" s="4">
-        <v>50.39</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>22.21</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>90</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="7" t="s">
         <v>196</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="11"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8">
         <v>629.91</v>
       </c>
       <c r="P40" s="8">
-        <v>164.02</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="8">
-        <v>26.04</v>
+        <v>0</v>
       </c>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A40:N40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>