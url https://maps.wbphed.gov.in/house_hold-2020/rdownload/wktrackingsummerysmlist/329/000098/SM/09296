--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1069,54 +1069,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.97</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.97</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1875,54 +1875,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P17" s="4">
         <v>9.98</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.41</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>94.3</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1936,54 +1936,54 @@
       <c r="I18" s="13" t="s">
         <v>90</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>91</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P18" s="4">
         <v>8.67</v>
       </c>
       <c r="Q18" s="4">
-        <v>8.47</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.64</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1997,54 +1997,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P19" s="4">
         <v>2.98</v>
       </c>
       <c r="Q19" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2514,54 +2514,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P28" s="4">
         <v>115.65</v>
       </c>
       <c r="Q28" s="4">
-        <v>22.02</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>19.04</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>1</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2575,54 +2575,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P29" s="4">
         <v>182.97</v>
       </c>
       <c r="Q29" s="4">
-        <v>61.2</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>33.45</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>1</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2636,54 +2636,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P30" s="4">
         <v>60.18</v>
       </c>
       <c r="Q30" s="4">
-        <v>60.18</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>1</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2782,54 +2782,54 @@
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>742.24</v>
       </c>
       <c r="P33" s="8">
-        <v>174.23</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="8">
-        <v>23.47</v>
+        <v>0</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>